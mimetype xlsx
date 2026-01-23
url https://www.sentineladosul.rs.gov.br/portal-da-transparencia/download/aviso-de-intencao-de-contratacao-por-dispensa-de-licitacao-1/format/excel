--- v0 (2025-10-25)
+++ v1 (2026-01-23)
@@ -12,731 +12,686 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
-    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1364/2025</t>
-[...668 lines deleted...]
-    <t>ANEXO PROCESSO 105 -2025.docx</t>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 127/2026</t>
+  </si>
+  <si>
+    <t>23/01/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 127-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 162/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 162-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 134/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 134-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1781/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1781-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1773/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1773-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1779/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO. 1779-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1766/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1766-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1762/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1762-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1769/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1769-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1757/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1757-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1775/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1775-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1732/2025</t>
+  </si>
+  <si>
+    <t>11/12/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1732-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1752/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1752-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1754/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1754.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1746/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1746-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1759/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1759-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1753/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1753-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1758/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1758-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1723/2025</t>
+  </si>
+  <si>
+    <t>09/12/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1723-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1603/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1603-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1736/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1736-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1715/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1715-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1712/2025</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1712-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1726/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1726-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1728/2025</t>
+  </si>
+  <si>
+    <t>ANEXO 1728-2025</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1688/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1688-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1697/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1697-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1644/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1644-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1718/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1718-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1716/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1716-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1719/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1719-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1717/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1717-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1689/2025</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1689.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1690/2025</t>
+  </si>
+  <si>
+    <t>03/12/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1690-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1685/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1685 -2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1652/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1652-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1645/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1645-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1646/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1646-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1695/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1695-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1684/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1684-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1674/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1674-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1692/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1692-2025 (1).docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1672/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1672-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1667/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1667-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1665/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1665-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1663/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1663-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1647/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1647-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1587/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1587-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1555/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1555-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1518/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1518-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1658/2025</t>
+  </si>
+  <si>
+    <t>02/12/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1658-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1656/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1656-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1673/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1673-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1639/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1639-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1642/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1642-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1662/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1662-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1640/2025</t>
+  </si>
+  <si>
+    <t>1640.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1575/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1575-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1660/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1660-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1636/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1636-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1666/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1666-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1648/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1648-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1677/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1677-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1634/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1634-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1631/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1631-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1629/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1629-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1626/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1626-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1625/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1625-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1572/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1572-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1687/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1687-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1659/2025</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1659-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1637/202</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1637-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1641/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1641-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1654/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1654-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1633/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1633-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1632/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1632-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1623/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1623-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1622/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1622-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1618/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1618-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1606/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1606-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1604/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1604-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1594/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1594-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1590/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1590-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1586/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1586-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1584/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1584-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1583/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1583-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1582/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1582-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1581/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1581-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1580/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1580-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1577/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1577-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1557/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1557-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1612/2025</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1612-2025.docx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1607/2025 </t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1607-2025.docx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1554/2025 </t>
+  </si>
+  <si>
+    <t>Modelo.docx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1553/2025 </t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1553-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1611/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1611-2025.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1569/2025</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 1569-2025.docx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1042,1153 +997,1142 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/671538/images/original/ANEXO PROCESSO 1364-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/671537/images/original/1393.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/671536/images/original/ANEXO PROCESSO 1359-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670565/images/original/ANEXO PROCESSO 542-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670566/images/original/PROJETO DEP. ENGENHARIA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670564/images/original/ANEXO PROCESSO 1377-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/669050/images/original/ANEXO PROCESSO 1053-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/669049/images/original/ANEXO PROCESSO 1343-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/669046/images/original/ANEXO PROCESSO 787-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668943/images/original/ANEXO PROCESSO 1345-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668939/images/original/ANEXO PROCESSO 1327-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668937/images/original/ANEXO PROCESSO 1328-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668900/images/original/ANEXO PROCESSO 1217-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668886/images/original/ANEXO PROCESSO 1207-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/667806/images/original/ANEXO PROCESSO 1292-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/667805/images/original/ANEXO PROCESSO 1341-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/667804/images/original/ANEXO PROCESSO 1314-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/667803/images/original/ANEXO PROCESSO 1337-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/667372/images/original/ANEXO PROCESSO 1082-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/667371/images/original/ANEXO PROCESSO 1125-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/667370/images/original/ANEXO PROCESSO 1264-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/667369/images/original/ANEXO PROCESSO 1306-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/667368/images/original/ANEXO PROCESSO 1288-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/667367/images/original/ANEXO PROCESSO 1298 -2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/663454/images/original/ANEXO PROCESSO 1261-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/663453/images/original/ANEXO PROCESSO 945-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/663174/images/original/PROCESSO N&#186;1233.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/663166/images/original/PROCESSO N&#186;257.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/662533/images/original/PROCESSO N&#186;1258.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/662522/images/original/PROCESSO N&#186;1264.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/662453/images/original/PROCESSO N&#186;1164.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/662411/images/original/PROCESSO N&#186;1252.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661699/images/original/ANEXO PROCESSO 1221-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661695/images/original/ANEXO PROCESSO 1238-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661274/images/original/ANEXO PROCESSO 781-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661273/images/original/ANEXO PROCESSO 1216-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661272/images/original/ANEXO PROCESSO 881-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661271/images/original/ANEXO PROCESSO 1235-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661266/images/original/ANEXO PROCESSO 1206-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661265/images/original/ANEXO PROCESSO 1234-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661264/images/original/ANEXO PROCESSO 1223-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661263/images/original/ANEXO PROCESSO 1231-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/660935/images/original/ANEXO PROCESSO 1190-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/660930/images/original/ANEXO PROCESSO 1197-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/660911/images/original/ANEXO PROCESSO 1188-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659227/images/original/ANEXO PROCESSO 1096-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659226/images/original/ANEXO PROCESSO 1156-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658423/images/original/ANEXO PROCESSO 1166-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658360/images/original/ANEXO PROCESSO 1087-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658315/images/original/ANEXO PROCESSO 1140-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/657074/images/original/ANEXO PROCESSO 1157-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/657073/images/original/ANEXO PROCESSO 1147-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/657072/images/original/ANEXO PROCESSO 1192-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/657071/images/original/ANEXO PROCESSO 1183-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/656644/images/original/ANEXO PROCESSO 1194-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/656643/images/original/ANEXO PROCESSO 1173-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/656511/images/original/PROCESSO N&#186;1186.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/656514/images/original/PROCESSO N&#186;151'.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/656285/images/original/ANEXO PROCESSO 1093-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/656276/images/original/ANEXO PROCESSO 1178-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/654613/images/original/PROCESSO N&#186;877.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/654596/images/original/PROCESSO N&#186;843.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/654274/images/original/ANEXO PROCESSO 1043-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/651863/images/original/ANEXO PROCESSO 1134-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/651836/images/original/ANEXO PROCESSO 1071-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/648194/images/original/ANEXO PROCESSO 1112-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/647812/images/original/PROCESSO N&#186;1091.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/645396/images/original/PROCESSO N&#186; 1033.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/645240/images/original/Edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/645242/images/original/TR - Termo de Refer&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/645241/images/original/ETP - Estudo T&#233;cnico Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/645261/images/original/PROCESSO N&#186;1007.pdf.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/645180/images/original/ANEXO PROCESSO 1022-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/644522/images/original/ANEXO PROCESSO 920-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/643839/images/original/ANEXO PROCESSO 1047-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/643708/images/original/ANEXO PROCESSO 1027-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/641028/images/original/ANEXO PROCESSO 1040-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/640807/images/original/ANEXO PROCESSO 1013-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/632744/images/original/ANEXO PROCESSO 845-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/628749/images/original/ANEXO PROCESSO 970-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/628145/images/original/ANEXO PROCESSO 25-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627759/images/original/ANEXO PROCESSO 958-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627164/images/original/ANEXO PROCESSO 979-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/626809/images/original/ANEXO PROCESSO 991-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/624869/images/original/ANEXO PROCESSO 914-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/621255/images/original/ANEXO PROCESSO 594-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/621254/images/original/ANEXO PROCESSO 581-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/620893/images/original/ANEXO PROCESSO 934-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/620408/images/original/ANEXO PROCESSO 921-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619604/images/original/ANEXO PROCESSO 894-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619599/images/original/ANEXO PROCESSO 893-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/618577/images/original/ANEXO PROCESSO 873-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/618541/images/original/ANEXO PROCESSO 865-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/618399/images/original/ANEXO PROCESSO 863-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/618339/images/original/ANEXO PROCESSO 817 -2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/617681/images/original/ANEXO PROCESSO 541 -2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/617425/images/original/ANEXO PROCESSO 740 -2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/617423/images/original/ANEXO PROCESSO 105 -2025.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720761/images/original/ANEXO PROCESSO 127-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720759/images/original/ANEXO PROCESSO 162-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/718240/images/original/ANEXO PROCESSO 134-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709316/images/original/ANEXO PROCESSO 1781-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709650/images/original/ANEXO PROCESSO 1773-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708533/images/original/ANEXO PROCESSO. 1779-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709585/images/original/ANEXO PROCESSO 1766-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709013/images/original/ANEXO PROCESSO 1762-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708883/images/original/ANEXO PROCESSO 1769-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708824/images/original/ANEXO PROCESSO 1757-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706682/images/original/ANEXO PROCESSO 1775-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708830/images/original/ANEXO PROCESSO 1732-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708656/images/original/ANEXO PROCESSO 1752-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/707386/images/original/ANEXO PROCESSO 1754.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706161/images/original/ANEXO PROCESSO 1746-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704965/images/original/ANEXO PROCESSO 1759-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704763/images/original/ANEXO PROCESSO 1753-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704657/images/original/ANEXO PROCESSO 1758-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708669/images/original/ANEXO PROCESSO 1723-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708121/images/original/ANEXO PROCESSO 1603-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706824/images/original/ANEXO PROCESSO 1736-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706703/images/original/ANEXO PROCESSO 1715-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706540/images/original/ANEXO PROCESSO 1712-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704656/images/original/ANEXO PROCESSO 1726-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/703841/images/original/ANEXO PROCESSO 1728-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701428/images/original/ANEXO PROCESSO 1688-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701427/images/original/ANEXO PROCESSO 1697-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701426/images/original/ANEXO PROCESSO 1644-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708168/images/original/ANEXO PROCESSO 1718-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706822/images/original/ANEXO PROCESSO 1716-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704300/images/original/ANEXO PROCESSO 1719-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704236/images/original/ANEXO PROCESSO 1717-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708206/images/original/ANEXO PROCESSO 1689.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709576/images/original/ANEXO PROCESSO 1690-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709310/images/original/ANEXO PROCESSO 1685 -2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708653/images/original/ANEXO PROCESSO 1652-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708600/images/original/ANEXO PROCESSO 1645-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708597/images/original/ANEXO PROCESSO 1646-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706769/images/original/ANEXO PROCESSO 1695-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706735/images/original/ANEXO PROCESSO 1684-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706190/images/original/ANEXO PROCESSO 1674-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704291/images/original/ANEXO PROCESSO 1692-2025 (1).docx" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699493/images/original/ANEXO PROCESSO 1672-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699490/images/original/ANEXO PROCESSO 1667-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699489/images/original/ANEXO PROCESSO 1665-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699488/images/original/ANEXO PROCESSO 1663-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699484/images/original/ANEXO PROCESSO 1647-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699483/images/original/ANEXO PROCESSO 1587-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699482/images/original/ANEXO PROCESSO 1555-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699481/images/original/ANEXO PROCESSO 1518-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706410/images/original/ANEXO PROCESSO 1658-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706406/images/original/ANEXO PROCESSO 1656-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/705372/images/original/ANEXO PROCESSO 1673-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/705332/images/original/ANEXO PROCESSO 1639-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704706/images/original/ANEXO PROCESSO 1642-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704655/images/original/ANEXO PROCESSO 1662-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704654/images/original/1640.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704653/images/original/ANEXO PROCESSO 1575-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704391/images/original/ANEXO PROCESSO 1660-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704384/images/original/ANEXO PROCESSO 1636-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704040/images/original/ANEXO PROCESSO 1666-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/703986/images/original/ANEXO PROCESSO 1648-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701425/images/original/ANEXO PROCESSO 1677-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701424/images/original/ANEXO PROCESSO 1634-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701423/images/original/ANEXO PROCESSO 1631-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701422/images/original/ANEXO PROCESSO 1629-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701421/images/original/ANEXO PROCESSO 1626-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701420/images/original/ANEXO PROCESSO 1625-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701419/images/original/ANEXO PROCESSO 1572-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/700585/images/original/ANEXO PROCESSO 1687-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708170/images/original/ANEXO PROCESSO 1659-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/707182/images/original/ANEXO PROCESSO 1637-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/703943/images/original/ANEXO PROCESSO 1641-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698101/images/original/ANEXO PROCESSO 1654-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698100/images/original/ANEXO PROCESSO 1633-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698099/images/original/ANEXO PROCESSO 1632-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698098/images/original/ANEXO PROCESSO 1623-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698097/images/original/ANEXO PROCESSO 1622-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698096/images/original/ANEXO PROCESSO 1618-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698095/images/original/ANEXO PROCESSO 1606-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698094/images/original/ANEXO PROCESSO 1604-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698093/images/original/ANEXO PROCESSO 1594-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698092/images/original/ANEXO PROCESSO 1590-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698091/images/original/ANEXO PROCESSO 1586-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698090/images/original/ANEXO PROCESSO 1584-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698089/images/original/ANEXO PROCESSO 1583-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698088/images/original/ANEXO PROCESSO 1582-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698087/images/original/ANEXO PROCESSO 1581-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698086/images/original/ANEXO PROCESSO 1580-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698085/images/original/ANEXO PROCESSO 1577-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698084/images/original/ANEXO PROCESSO 1557-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/692762/images/original/ANEXO PROCESSO 1612-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/692761/images/original/ANEXO PROCESSO 1607-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/692749/images/original/Modelo.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/692725/images/original/ANEXO PROCESSO 1553-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/692663/images/original/ANEXO PROCESSO 1611-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/692662/images/original/ANEXO PROCESSO 1569-2025.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C99"/>
+  <dimension ref="A1:C98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C99" sqref="C99"/>
+      <selection activeCell="C98" sqref="C98"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" t="s">
         <v>31</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="1" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B21" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B22" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B23" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B24" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B25" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
+        <v>59</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
       </c>
-      <c r="B26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B27" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B28" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B29" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B32" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B33" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B34" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B36" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B37" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B39" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B40" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B41" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B42" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B43" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B44" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B45" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B46" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B47" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B48" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B49" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B50" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B51" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B52" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>117</v>
+      </c>
+      <c r="B53" t="s">
         <v>115</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B54" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B55" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B56" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B57" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B58" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B59" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B60" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B61" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B62" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
         <v>137</v>
       </c>
       <c r="B63" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
         <v>139</v>
       </c>
       <c r="B64" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
         <v>141</v>
       </c>
       <c r="B65" t="s">
+        <v>115</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>143</v>
+      </c>
+      <c r="B66" t="s">
+        <v>115</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
+        <v>145</v>
+      </c>
+      <c r="B67" t="s">
+        <v>115</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B68" t="s">
-        <v>150</v>
+        <v>115</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B69" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B70" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B71" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
         <v>155</v>
       </c>
       <c r="B72" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
+        <v>158</v>
+      </c>
+      <c r="B73" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
         <v>161</v>
       </c>
       <c r="B74" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
         <v>163</v>
       </c>
       <c r="B75" t="s">
+        <v>159</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
+        <v>165</v>
+      </c>
+      <c r="B76" t="s">
+        <v>159</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
+        <v>167</v>
+      </c>
+      <c r="B77" t="s">
+        <v>159</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
+        <v>169</v>
+      </c>
+      <c r="B78" t="s">
+        <v>159</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B79" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B80" t="s">
-        <v>176</v>
+        <v>159</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B81" t="s">
-        <v>179</v>
+        <v>159</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B82" t="s">
-        <v>179</v>
+        <v>159</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B83" t="s">
-        <v>179</v>
+        <v>159</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B84" t="s">
-        <v>186</v>
+        <v>159</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="B85" t="s">
-        <v>189</v>
+        <v>159</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="B86" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="B87" t="s">
-        <v>195</v>
+        <v>159</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="B88" t="s">
-        <v>195</v>
+        <v>159</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="B89" t="s">
-        <v>195</v>
+        <v>159</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="B90" t="s">
-        <v>202</v>
+        <v>159</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B91" t="s">
-        <v>205</v>
+        <v>159</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="B92" t="s">
-        <v>208</v>
+        <v>159</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>209</v>
+        <v>198</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="B93" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>212</v>
+        <v>201</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="B94" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="B95" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="B96" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="B97" t="s">
-        <v>220</v>
+        <v>200</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>221</v>
+        <v>209</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="B98" t="s">
-        <v>223</v>
+        <v>200</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>224</v>
-[...10 lines deleted...]
-        <v>226</v>
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -2246,51 +2190,50 @@
     <hyperlink ref="C74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
-    <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>