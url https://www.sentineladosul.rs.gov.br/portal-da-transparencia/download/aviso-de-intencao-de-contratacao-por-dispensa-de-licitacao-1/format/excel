--- v1 (2026-01-23)
+++ v2 (2026-03-14)
@@ -12,61 +12,649 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 790/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 790-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 690/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 690-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 566/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 566-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 680/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 680-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 729/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 729-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 796/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 796-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 791/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 791-2026 (1).docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 769/2026</t>
+  </si>
+  <si>
+    <t>11/03/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 769-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 565/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 565-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 774/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 774-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 562/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 562-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 561/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 561-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 588/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 588-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 589/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 589-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 658/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 598-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 693/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 693-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 623/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 623-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 737/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 737-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 389/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 389-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 698/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 698-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 611/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 611-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 593/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 593-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 559/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 559-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 598/2026</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 640/2026</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 640-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 578/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 578-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 567/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 567-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 563/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 563-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 602/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 602-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 430/2026</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 430-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 571/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 571-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 582/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 582-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 509/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 509-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 339/2026</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 339-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 557/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 557-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 527/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 527-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 558/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 558-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 482/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 482-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 373/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 373-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 528/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 528-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 384/2026</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 384-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 419/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 419-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 529/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 529-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 474/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 474-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 487/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 487-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 478/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 478-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 486/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 486-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 502/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 502-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 498/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 498-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 323/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 323-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 300/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 300-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 425/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 425-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 385/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 385-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 448/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 448 - 2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 304/202</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 304 - 2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 347/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 347-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 428/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 428-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 444/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 444-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 383/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 383-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 381/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 381-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 243/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 243-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 397/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 397-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 372/2026</t>
+  </si>
+  <si>
+    <t>13/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 372-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 449/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 449 -2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 423/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 423-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 401/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 401-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 388/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 388-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 402/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 402-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 311/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 311-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 310/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 310-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 313/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 313-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 219/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 219-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 346/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 346-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 337/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 337-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 285/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 285 - 2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 318/2026</t>
+  </si>
+  <si>
+    <t>04/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 318 - 2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 194/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 194- 2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 164/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 164-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 235/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 235-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 237/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 237-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 252/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 252-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 183/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 183-2026.docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 34/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 34-2026.docx</t>
+  </si>
+  <si>
+    <t>PROJETO BÁSICO.pdf</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 253/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 253-2026 (1).docx</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 174/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>ANEXO PROCESSO 174-2026.docx</t>
+  </si>
+  <si>
     <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 127/2026</t>
   </si>
   <si>
     <t>23/01/2026</t>
   </si>
   <si>
     <t>ANEXO PROCESSO 127-2026.docx</t>
   </si>
   <si>
     <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 162/2026</t>
   </si>
   <si>
     <t>ANEXO PROCESSO 162-2026.docx</t>
   </si>
   <si>
     <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 134/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>ANEXO PROCESSO 134-2026.docx</t>
   </si>
   <si>
     <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1781/2025</t>
@@ -123,575 +711,50 @@
     <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1775/2025</t>
   </si>
   <si>
     <t>ANEXO PROCESSO 1775-2025.docx</t>
   </si>
   <si>
     <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1732/2025</t>
   </si>
   <si>
     <t>11/12/2025</t>
   </si>
   <si>
     <t>ANEXO PROCESSO 1732-2025.docx</t>
   </si>
   <si>
     <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1752/2025</t>
   </si>
   <si>
     <t>ANEXO PROCESSO 1752-2025.docx</t>
   </si>
   <si>
     <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO - PROCESSO Nº 1754/2025</t>
   </si>
   <si>
     <t>ANEXO PROCESSO 1754.docx</t>
-  </si>
-[...523 lines deleted...]
-    <t>ANEXO PROCESSO 1569-2025.docx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -997,435 +1060,435 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720761/images/original/ANEXO PROCESSO 127-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720759/images/original/ANEXO PROCESSO 162-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/718240/images/original/ANEXO PROCESSO 134-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709316/images/original/ANEXO PROCESSO 1781-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709650/images/original/ANEXO PROCESSO 1773-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708533/images/original/ANEXO PROCESSO. 1779-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709585/images/original/ANEXO PROCESSO 1766-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709013/images/original/ANEXO PROCESSO 1762-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708883/images/original/ANEXO PROCESSO 1769-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708824/images/original/ANEXO PROCESSO 1757-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706682/images/original/ANEXO PROCESSO 1775-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708830/images/original/ANEXO PROCESSO 1732-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708656/images/original/ANEXO PROCESSO 1752-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/707386/images/original/ANEXO PROCESSO 1754.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706161/images/original/ANEXO PROCESSO 1746-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704965/images/original/ANEXO PROCESSO 1759-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704763/images/original/ANEXO PROCESSO 1753-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704657/images/original/ANEXO PROCESSO 1758-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708669/images/original/ANEXO PROCESSO 1723-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708121/images/original/ANEXO PROCESSO 1603-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706824/images/original/ANEXO PROCESSO 1736-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706703/images/original/ANEXO PROCESSO 1715-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706540/images/original/ANEXO PROCESSO 1712-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704656/images/original/ANEXO PROCESSO 1726-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/703841/images/original/ANEXO PROCESSO 1728-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701428/images/original/ANEXO PROCESSO 1688-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701427/images/original/ANEXO PROCESSO 1697-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701426/images/original/ANEXO PROCESSO 1644-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708168/images/original/ANEXO PROCESSO 1718-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706822/images/original/ANEXO PROCESSO 1716-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704300/images/original/ANEXO PROCESSO 1719-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704236/images/original/ANEXO PROCESSO 1717-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708206/images/original/ANEXO PROCESSO 1689.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709576/images/original/ANEXO PROCESSO 1690-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709310/images/original/ANEXO PROCESSO 1685 -2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708653/images/original/ANEXO PROCESSO 1652-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708600/images/original/ANEXO PROCESSO 1645-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708597/images/original/ANEXO PROCESSO 1646-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706769/images/original/ANEXO PROCESSO 1695-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706735/images/original/ANEXO PROCESSO 1684-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706190/images/original/ANEXO PROCESSO 1674-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704291/images/original/ANEXO PROCESSO 1692-2025 (1).docx" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699493/images/original/ANEXO PROCESSO 1672-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699490/images/original/ANEXO PROCESSO 1667-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699489/images/original/ANEXO PROCESSO 1665-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699488/images/original/ANEXO PROCESSO 1663-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699484/images/original/ANEXO PROCESSO 1647-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699483/images/original/ANEXO PROCESSO 1587-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699482/images/original/ANEXO PROCESSO 1555-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699481/images/original/ANEXO PROCESSO 1518-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706410/images/original/ANEXO PROCESSO 1658-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706406/images/original/ANEXO PROCESSO 1656-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/705372/images/original/ANEXO PROCESSO 1673-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/705332/images/original/ANEXO PROCESSO 1639-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704706/images/original/ANEXO PROCESSO 1642-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704655/images/original/ANEXO PROCESSO 1662-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704654/images/original/1640.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704653/images/original/ANEXO PROCESSO 1575-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704391/images/original/ANEXO PROCESSO 1660-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704384/images/original/ANEXO PROCESSO 1636-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/704040/images/original/ANEXO PROCESSO 1666-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/703986/images/original/ANEXO PROCESSO 1648-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701425/images/original/ANEXO PROCESSO 1677-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701424/images/original/ANEXO PROCESSO 1634-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701423/images/original/ANEXO PROCESSO 1631-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701422/images/original/ANEXO PROCESSO 1629-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701421/images/original/ANEXO PROCESSO 1626-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701420/images/original/ANEXO PROCESSO 1625-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701419/images/original/ANEXO PROCESSO 1572-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/700585/images/original/ANEXO PROCESSO 1687-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708170/images/original/ANEXO PROCESSO 1659-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/707182/images/original/ANEXO PROCESSO 1637-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/703943/images/original/ANEXO PROCESSO 1641-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698101/images/original/ANEXO PROCESSO 1654-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698100/images/original/ANEXO PROCESSO 1633-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698099/images/original/ANEXO PROCESSO 1632-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698098/images/original/ANEXO PROCESSO 1623-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698097/images/original/ANEXO PROCESSO 1622-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698096/images/original/ANEXO PROCESSO 1618-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698095/images/original/ANEXO PROCESSO 1606-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698094/images/original/ANEXO PROCESSO 1604-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698093/images/original/ANEXO PROCESSO 1594-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698092/images/original/ANEXO PROCESSO 1590-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698091/images/original/ANEXO PROCESSO 1586-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698090/images/original/ANEXO PROCESSO 1584-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698089/images/original/ANEXO PROCESSO 1583-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698088/images/original/ANEXO PROCESSO 1582-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698087/images/original/ANEXO PROCESSO 1581-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698086/images/original/ANEXO PROCESSO 1580-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698085/images/original/ANEXO PROCESSO 1577-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/698084/images/original/ANEXO PROCESSO 1557-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/692762/images/original/ANEXO PROCESSO 1612-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/692761/images/original/ANEXO PROCESSO 1607-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/692749/images/original/Modelo.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/692725/images/original/ANEXO PROCESSO 1553-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/692663/images/original/ANEXO PROCESSO 1611-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/692662/images/original/ANEXO PROCESSO 1569-2025.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749407/images/original/ANEXO PROCESSO 790-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749106/images/original/ANEXO PROCESSO 690-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749103/images/original/ANEXO PROCESSO 566-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749097/images/original/ANEXO PROCESSO 680-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749085/images/original/ANEXO PROCESSO 729-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749048/images/original/ANEXO PROCESSO 796-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/748877/images/original/ANEXO PROCESSO 791-2026 (1).docx" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/748178/images/original/ANEXO PROCESSO 769-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/748260/images/original/ANEXO PROCESSO 565-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/748233/images/original/ANEXO PROCESSO 774-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/747405/images/original/ANEXO PROCESSO 562-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/747401/images/original/ANEXO PROCESSO 561-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/747151/images/original/ANEXO PROCESSO 588-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/747126/images/original/ANEXO PROCESSO 589-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/747105/images/original/ANEXO PROCESSO 598-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/747093/images/original/ANEXO PROCESSO 693-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749018/images/original/ANEXO PROCESSO 623-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/748303/images/original/ANEXO PROCESSO 737-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/746564/images/original/ANEXO PROCESSO 389-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745679/images/original/ANEXO PROCESSO 698-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745531/images/original/ANEXO PROCESSO 611-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745498/images/original/ANEXO PROCESSO 593-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749017/images/original/ANEXO PROCESSO 559-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/744266/images/original/ANEXO PROCESSO 598-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/746575/images/original/ANEXO PROCESSO 640-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/739671/images/original/ANEXO PROCESSO 578-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/739629/images/original/ANEXO PROCESSO 567-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/739612/images/original/ANEXO PROCESSO 563-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/739608/images/original/ANEXO PROCESSO 602-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749243/images/original/ANEXO PROCESSO 430-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749219/images/original/ANEXO PROCESSO 571-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749049/images/original/ANEXO PROCESSO 582-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/740785/images/original/ANEXO PROCESSO 509-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745357/images/original/ANEXO PROCESSO 339-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/744174/images/original/ANEXO PROCESSO 557-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/744173/images/original/ANEXO PROCESSO 527-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/739491/images/original/ANEXO PROCESSO 558-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/735090/images/original/ANEXO PROCESSO 482-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/735053/images/original/ANEXO PROCESSO 373-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/735033/images/original/ANEXO PROCESSO 528-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/741161/images/original/ANEXO PROCESSO 384-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/741026/images/original/ANEXO PROCESSO 419-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/740801/images/original/ANEXO PROCESSO 529-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/735234/images/original/ANEXO PROCESSO 474-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734501/images/original/ANEXO PROCESSO 487-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734474/images/original/ANEXO PROCESSO 478-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/741815/images/original/ANEXO PROCESSO 486-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/739606/images/original/ANEXO PROCESSO 502-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/739563/images/original/ANEXO PROCESSO 498-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/736342/images/original/ANEXO PROCESSO 323-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745692/images/original/ANEXO PROCESSO 300-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734456/images/original/ANEXO PROCESSO 425-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/739582/images/original/ANEXO PROCESSO 385-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/739549/images/original/ANEXO PROCESSO 448 - 2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/739503/images/original/ANEXO PROCESSO 304 - 2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734552/images/original/ANEXO PROCESSO 347-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734538/images/original/ANEXO PROCESSO 428-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/732846/images/original/ANEXO PROCESSO 444-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/732833/images/original/ANEXO PROCESSO 383-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/732832/images/original/ANEXO PROCESSO 381-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/732627/images/original/ANEXO PROCESSO 243-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/732510/images/original/ANEXO PROCESSO 397-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/735292/images/original/ANEXO PROCESSO 372-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/731439/images/original/ANEXO PROCESSO 449 -2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/731422/images/original/ANEXO PROCESSO 423-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/732642/images/original/ANEXO PROCESSO 401-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/732623/images/original/ANEXO PROCESSO 388-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/732527/images/original/ANEXO PROCESSO 402-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/729715/images/original/ANEXO PROCESSO 311-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/729716/images/original/ANEXO PROCESSO 311-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/729654/images/original/ANEXO PROCESSO 310-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/730497/images/original/ANEXO PROCESSO 313-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/729679/images/original/ANEXO PROCESSO 219-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/728995/images/original/ANEXO PROCESSO 346-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/728908/images/original/ANEXO PROCESSO 337-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/728568/images/original/ANEXO PROCESSO 285 - 2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/727738/images/original/ANEXO PROCESSO 318 - 2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/727715/images/original/ANEXO PROCESSO 194- 2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/727705/images/original/ANEXO PROCESSO 164-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/727696/images/original/ANEXO PROCESSO 235-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/727291/images/original/ANEXO PROCESSO 237-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/727152/images/original/ANEXO PROCESSO 252-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/726878/images/original/ANEXO PROCESSO 183-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/726862/images/original/ANEXO PROCESSO 34-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/726863/images/original/PROJETO B&#193;SICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/726585/images/original/ANEXO PROCESSO 253-2026 (1).docx" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/726808/images/original/ANEXO PROCESSO 174-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720761/images/original/ANEXO PROCESSO 127-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720759/images/original/ANEXO PROCESSO 162-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/718240/images/original/ANEXO PROCESSO 134-2026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709316/images/original/ANEXO PROCESSO 1781-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709650/images/original/ANEXO PROCESSO 1773-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708533/images/original/ANEXO PROCESSO. 1779-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709585/images/original/ANEXO PROCESSO 1766-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/709013/images/original/ANEXO PROCESSO 1762-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708883/images/original/ANEXO PROCESSO 1769-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708824/images/original/ANEXO PROCESSO 1757-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706682/images/original/ANEXO PROCESSO 1775-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708830/images/original/ANEXO PROCESSO 1732-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708656/images/original/ANEXO PROCESSO 1752-2025.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/707386/images/original/ANEXO PROCESSO 1754.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C98"/>
+  <dimension ref="A1:C102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C98" sqref="C98"/>
+      <selection activeCell="C102" sqref="C102"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B7" t="s">
+        <v>4</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
         <v>43</v>
       </c>
       <c r="B19" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
         <v>45</v>
       </c>
       <c r="B20" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>50</v>
       </c>
       <c r="B22" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>52</v>
       </c>
       <c r="B23" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
         <v>54</v>
       </c>
       <c r="B24" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
         <v>57</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
         <v>61</v>
       </c>
       <c r="B27" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B28" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B30" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>70</v>
       </c>
       <c r="B31" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B33" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B34" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>79</v>
       </c>
       <c r="B35" t="s">
         <v>80</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>82</v>
       </c>
       <c r="B36" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>83</v>
@@ -1469,670 +1532,714 @@
         <v>90</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
         <v>92</v>
       </c>
       <c r="B41" t="s">
         <v>80</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
         <v>94</v>
       </c>
       <c r="B42" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B43" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B44" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B45" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B46" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B47" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B48" t="s">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>110</v>
+      </c>
+      <c r="B49" t="s">
         <v>108</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B50" t="s">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B51" t="s">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B52" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
+        <v>119</v>
+      </c>
+      <c r="B53" t="s">
         <v>117</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B54" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B55" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B56" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B57" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B58" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B59" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B60" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B61" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B62" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B63" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B64" t="s">
-        <v>115</v>
+        <v>143</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B65" t="s">
-        <v>115</v>
+        <v>143</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
+        <v>147</v>
+      </c>
+      <c r="B66" t="s">
         <v>143</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B67" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="B68" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="B69" t="s">
-        <v>115</v>
+        <v>150</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B70" t="s">
-        <v>115</v>
+        <v>157</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B71" t="s">
-        <v>115</v>
+        <v>157</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B72" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B73" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B74" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
+        <v>167</v>
+      </c>
+      <c r="B75" t="s">
         <v>163</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B76" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B77" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B78" t="s">
-        <v>159</v>
+        <v>174</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="B79" t="s">
-        <v>159</v>
+        <v>174</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B80" t="s">
-        <v>159</v>
+        <v>179</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="B81" t="s">
-        <v>159</v>
+        <v>179</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="B82" t="s">
-        <v>159</v>
+        <v>179</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="B83" t="s">
-        <v>159</v>
+        <v>186</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="B84" t="s">
-        <v>159</v>
+        <v>186</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="B85" t="s">
-        <v>159</v>
+        <v>186</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B86" t="s">
-        <v>159</v>
+        <v>186</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B87" t="s">
-        <v>159</v>
+        <v>194</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="B88" t="s">
-        <v>159</v>
+        <v>197</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="B89" t="s">
-        <v>159</v>
+        <v>200</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="B90" t="s">
-        <v>159</v>
+        <v>200</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="B91" t="s">
-        <v>159</v>
+        <v>205</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="B92" t="s">
-        <v>159</v>
+        <v>208</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="B93" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="B94" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>203</v>
+        <v>214</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="B95" t="s">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="B96" t="s">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>207</v>
+        <v>219</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="B97" t="s">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="B98" t="s">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>211</v>
+        <v>223</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" t="s">
+        <v>224</v>
+      </c>
+      <c r="B99" t="s">
+        <v>216</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" t="s">
+        <v>226</v>
+      </c>
+      <c r="B100" t="s">
+        <v>227</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" t="s">
+        <v>229</v>
+      </c>
+      <c r="B101" t="s">
+        <v>227</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" t="s">
+        <v>231</v>
+      </c>
+      <c r="B102" t="s">
+        <v>227</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>232</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -2190,50 +2297,54 @@
     <hyperlink ref="C74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
+    <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="C101" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="C102" r:id="rId_hyperlink_101"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>