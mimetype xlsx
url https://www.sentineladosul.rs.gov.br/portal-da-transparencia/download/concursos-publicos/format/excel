--- v0 (2025-10-04)
+++ v1 (2025-11-20)
@@ -1411,51 +1411,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/409458/images/original/Portaria n&#186; 181-2024 nomea&#231;&#227;o Professor &#193;rea 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/409459/images/original/Edital de nomea&#231;&#227;o n&#186; 06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/409456/images/original/Portaria n&#186; 180-2024 nomea&#231;&#227;o Pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/409457/images/original/Edital de nomea&#231;&#227;o n&#186; 06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/407170/images/original/Edital de nomea&#231;&#227;o n&#186; 05-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/407171/images/original/Portaria n&#186; 162-2024 nomea&#231;&#227;o professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/409425/images/original/Portaria n&#186; 179-2024 torna sem efeito nomea&#231;&#227;o de Professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/407168/images/original/Edital de nomea&#231;&#227;o n&#186; 05-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/407169/images/original/Portaria n&#186; 161-2024 nomea&#231;&#227;o Pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/409426/images/original/Portaria n&#186; 178-2024 torna sem efeito nomea&#231;&#227;o de pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/407166/images/original/Edital de nomea&#231;&#227;o n&#186; 05-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/407167/images/original/Portaria n&#186; 160-2024 nomea&#231;&#227;o Auxiliar de Servi&#231;os Escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/406069/images/original/Edital de nomea&#231;&#227;o n&#186; 04-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/406070/images/original/Portaria n&#186; 145 nomea&#231;&#227;o prof educa&#231;&#227;o f&#237;sica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/407000/images/original/Portaria n&#186; 153-2024 torna sem efeito nomea&#231;&#227;o de professor de educa&#231;&#227;o f&#237;sica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/406067/images/original/Edital de nomea&#231;&#227;o n&#186; 04-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/406068/images/original/Portaria n&#186; 144 nomea&#231;&#227;o Auxiliar de Servi&#231;os Escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/406999/images/original/Portaria n&#186; 154-2024 torna sem efeito nomea&#231;&#227;o de auxilar de servi&#231;os escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/406064/images/original/Edital de nomea&#231;&#227;o n&#186; 04-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/406065/images/original/Portaria n&#186; 143 nomea&#231;&#227;o Agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/402451/images/original/Edital de nomea&#231;&#227;o n&#186; 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/402452/images/original/Portaria n&#186; 122-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/406215/images/original/Portaria n&#186; 141 torna sem efeito nomea&#231;&#227;o de auxiliar de servi&#231;os escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/401367/images/original/Edital de nomea&#231;&#227;o n 02-2024 professores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/401368/images/original/Portaria n&#186; 118-2024 nomea&#231;&#227;o Ana.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/401365/images/original/Edital de nomea&#231;&#227;o n 02-2024 professores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/401366/images/original/Portaria n&#186; 117-2024 nomea&#231;&#227;o professor &#201;rick.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/406214/images/original/Portaria n&#186; 142  torna sem efeito nomea&#231;&#227;o de professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/400243/images/original/Edital de nomea&#231;&#227;o 01-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/400245/images/original/Portaria n&#186; 099-2024 nomea Professor de Educa&#231;&#227;o F&#237;sica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/400246/images/original/Portaria n&#186; 108 - 2024 torna seme feito nomea&#231;&#227;o do Sr. Mairo Damasceno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/369650/images/original/Edital de nomea&#231;&#227;o n&#186; 35.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/369651/images/original/Portaria n&#186; 515 nomea agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/367101/images/original/Edital de Nomea&#231;&#227;o n&#186; 34-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/367102/images/original/Portaria n&#186; 500 nomea agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/369367/images/original/Portaria n&#186; 511 torna sem efeito nomea&#231;&#227;o de servidor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/354152/images/original/Edital de nomea&#231;&#227;o n&#186; 33.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/354153/images/original/Portaria n&#186; 474 nomea agente administratiivo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/365813/images/original/Portaria n&#186; 491 torna sem efeito nomea&#231;&#227;o Lidiane.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/349307/images/original/Edital de nomea&#231;&#227;o n&#186; 32.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/349308/images/original/Portaria n&#186; 465 nomear auxiliar de servi&#231;os escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/347498/images/original/Edital de nomea&#231;&#227;o n&#186; 31.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/347499/images/original/Portaria n&#186; 455 nomea Tesoureiro Geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/346518/images/original/Edital de n&#176; 30-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/346519/images/original/Portaria n&#176;451-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/346510/images/original/Edital de n&#176; 30-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/346511/images/original/Portaria n&#176; 450-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/344669/images/original/Edital de Nomea&#231;&#227;o n&#176; 29-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/344670/images/original/Portaria n&#176; 443-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/345288/images/original/Portaria n&#176; 445-2023 torna sem efeito nomea&#231;&#227;o Eliege Lima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/344666/images/original/Edital de Nomea&#231;&#227;o n&#176; 29-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/344667/images/original/Portaria n&#176; 442-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/345582/images/original/Portaria n&#186; 449 -2023 torna sem efeito nomea&#231;&#227;o do Agente Administrativo Auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/343335/images/original/Edital de nomea&#231;&#227;o n&#186; 28.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/343336/images/original/Portaria n&#186; 431 nomea&#231;&#227;o agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/344238/images/original/Portaria n&#176;435-2023 torna sem efeito nomea&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/342806/images/original/Edital de nomea&#231;&#227;o n&#186; 27-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/342807/images/original/Portaria n&#186; 423 nomear agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/343179/images/original/Portaria n&#186; 430 torna sem efeito nomea&#231;&#227;o do agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/342804/images/original/Edital de nomea&#231;&#227;o n&#186; 27-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/342805/images/original/Portaria n&#186; 422 nomear zelador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/344237/images/original/Portaria n&#176; 437 - 2023 torna sem efeito nomea&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/341202/images/original/Edital de Nomea&#231;&#227;o n&#186; 26-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/341203/images/original/Portaria n&#186; 407-2023 nomea&#231;&#227;o K&#225;ssia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/347495/images/original/Portaria n&#186; 454 torna sem efeito nomea&#231;&#227;o de servidor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/341200/images/original/Edital de Nomea&#231;&#227;o n&#186; 26-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/341201/images/original/Portaria n&#186; 406-2023 nomea&#231;&#227;o Auxiliar de servi&#231;os escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/340065/images/original/Edital de nomea&#231;&#227;o n&#186; 25 agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/340066/images/original/Portaria n&#186; 395 nomea&#231;&#227;o agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/342664/images/original/Portaria n&#186; 421 torna sem efeito nomea&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/334942/images/original/Portaria n&#186; 394.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/334948/images/original/Edital de nomea&#231;&#227;o n&#186; 24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/340048/images/original/Portaria n&#186; 397 desist&#234;ncia expressa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/333165/images/original/Edital de Nomea&#231;&#227;o n&#186; 23-2023 nomea&#231;&#227;o Tesoureiro Geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/333166/images/original/Portaria n&#186; 391 nomea&#231;&#227;o Tesoureiro Geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/341199/images/original/Portaria n&#186; 403-2023 torna sem efeito nomea&#231;&#227;o da Tesoureira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/300215/images/original/Portaria n&#186; 276 nomea&#231;&#227;o Assistente Social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/300216/images/original/Edital de Nomea&#231;&#227;o n&#186; 22.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/292544/images/original/Portaria n&#186; 248 nomea&#231;&#227;o fiscal tribut&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/292545/images/original/Edital de Nomea&#231;&#227;o n&#186; 21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/291776/images/original/Portaria n&#186; 242 nomea&#231;&#227;o zelador Luis Paulo Lima de Lima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/291777/images/original/Edital de nomea&#231;&#227;o n&#186; 20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/291772/images/original/Portaria n&#186; 241 nomea&#231;&#227;o Fiscal Tribut&#225;rio Jonathan Daniela Alves Dias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/291773/images/original/Edital de nomea&#231;&#227;o n&#186; 20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/291851/images/original/Portaria n&#186; 244 torna sem efeito nomea&#231;&#227;o de Fiscal tribut&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/291749/images/original/Portaria n&#186; 240 nomea&#231;&#227;o Contador Aroldo Oliveira Lopes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/291750/images/original/Edital de nomea&#231;&#227;o n&#186; 20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/291852/images/original/Portaria n&#186; 245 torna sem efeito nomea&#231;&#227;o do Contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/289940/images/original/Portaria n&#186; 228 nomea&#231;&#227;o zelador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/289941/images/original/Edital de nomea&#231;&#227;o n&#186; 19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/290775/images/original/Portaria n&#186; 235 - torna sem efeito nomea&#231;&#227;o zelador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/289937/images/original/Portaria n&#186; 227 nomea&#231;&#227;o fiscal tribut&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/289938/images/original/Edital de nomea&#231;&#227;o n&#186; 19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/291590/images/original/Portaria n&#186; 239 torna sem efeito nomea&#231;&#227;o Fiscal Tribut&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/289935/images/original/Portaria n&#186; 226 nomea&#231;&#227;o contadora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/289936/images/original/Edital de nomea&#231;&#227;o n&#186; 19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/290776/images/original/Portaria n&#186; 234 - torna sem efeito nomea&#231;&#227;o da contadora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/288975/images/original/Portaria n&#186; 216 nomea&#231;&#227;o Tiago.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/288976/images/original/Edital de nomea&#231;&#227;o n&#186; 18 Tiago.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/289650/images/original/Portaria n&#186; 224 torna sem efeito nomea&#231;&#227;o do Contador Tiago.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/288963/images/original/Portaria n&#186; 214 nomea&#231;&#227;o Aroldo Lopes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/288964/images/original/Edital de nomea&#231;&#227;o n&#186; 017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/289202/images/original/Portaria n&#186; 215 torna sem efeito nomea&#231;&#227;o Aroldo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/288797/images/original/Portaria n&#186; 212 nomea contador Igor Mattos Machado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/288798/images/original/Edital de nomea&#231;&#227;o n&#186; 16 contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/288962/images/original/Portaria n&#186; 213 torna sem efeito nomea&#231;&#227;o do Igor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/288471/images/original/Portaria n&#186; 206 nomea&#231;&#227;o Thomas contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/288472/images/original/Edital de nomea&#231;&#227;o n&#186; 15 contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/288790/images/original/Portaria n&#186; 212 nomea contador Igor Mattos Machado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/287743/images/original/Portaria n&#186; 200 nomea&#231;&#227;o Zelador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/287744/images/original/Edital de nomea&#231;&#227;o n&#186; 14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/289147/images/original/Portaria n&#186; 219 torna sem efeito nomea&#231;&#227;o Eliakim.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/286825/images/original/Portaria n&#186; 189 nomea&#231;&#227;o contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/286826/images/original/Edital de nomea&#231;&#227;o n&#186; 13.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/288463/images/original/Portaria n&#186; 205 torna sem efeito nomea&#231;&#227;o contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285589/images/original/Portaria n&#186; 185 nomea&#231;&#227;o fiscal tribut&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285590/images/original/Edital de nomea&#231;&#227;o n&#186; 12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/289404/images/original/Portaria n&#186; 220 torna sem efeito nomea&#231;&#227;o Regis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285586/images/original/Portaria n&#186; 184 nomea&#231;&#227;o agente administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285587/images/original/Edital de nomea&#231;&#227;o n&#186; 12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285131/images/original/Portaria n&#186; 179 fiscal tribut&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285132/images/original/Edital de nomea&#231;&#227;o n&#186; 11-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285578/images/original/Portaria n&#186; 183 torna sem efeito nomea&#231;&#227;o da fiscal tribut&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285124/images/original/Portaria n&#186; 178 agente administrativo auxiliar Natiele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285125/images/original/Edital de nomea&#231;&#227;o n&#186; 11-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285122/images/original/Portaria n&#186; 177 agente administrativo auxiliar Solange.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285123/images/original/Edital de nomea&#231;&#227;o n&#186; 11-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285118/images/original/Portaria n&#186; 176 agente administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285119/images/original/Edital de nomea&#231;&#227;o n&#186; 11-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/285585/images/original/Portaria n&#186; 182 torna sem efeito nomea&#231;&#227;o agente administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281715/images/original/file_20230303_100310.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281716/images/original/file_20230303_100319.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281712/images/original/file_20230303_095851.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281713/images/original/file_20230303_095859.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281714/images/original/file_20230316_081533.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281709/images/original/file_20230303_095358.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281710/images/original/file_20230303_095408.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281711/images/original/file_20230316_081618.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281706/images/original/file_20230210_192354.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281707/images/original/file_20230210_192402.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281708/images/original/file_20230302_193752.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281703/images/original/file_20230210_191645.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281704/images/original/file_20230210_191741.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281705/images/original/file_20230302_193837.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281701/images/original/file_20230208_184929.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281702/images/original/file_20230208_184938.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281698/images/original/file_20230208_185251.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281699/images/original/file_20230208_185300.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281700/images/original/file_20230222_140433.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281695/images/original/file_20230202_161336.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281696/images/original/file_20230207_162201.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281697/images/original/file_20230207_175551.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281692/images/original/file_20230215_195344.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281693/images/original/file_20230215_195356.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281694/images/original/file_20230215_195414.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281689/images/original/file_20230215_194534.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281690/images/original/file_20230215_194545.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281691/images/original/file_20230215_194708.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281686/images/original/file_20230215_194103.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281687/images/original/file_20230215_194115.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281688/images/original/file_20230215_194158.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281683/images/original/file_20230215_194326.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281684/images/original/file_20230215_194339.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281685/images/original/file_20230215_194358.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281680/images/original/file_20230106_102822.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281681/images/original/file_20230106_102832.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281682/images/original/file_20230109_141901.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281678/images/original/file_20230103_120535.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281679/images/original/file_20230103_120548.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281676/images/original/file_20221123_210813.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281677/images/original/file_20221123_210847.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281673/images/original/file_20221101_140657.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281674/images/original/file_20221101_140708.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281671/images/original/file_20221010_172757.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281672/images/original/file_20221010_172811.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281669/images/original/file_20220818_181558.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281670/images/original/file_20220818_181605.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281667/images/original/file_20220818_181335.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281668/images/original/file_20220818_181346.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281665/images/original/file_20220804_100713.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281666/images/original/file_20220804_100722.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281663/images/original/file_20220804_100513.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281664/images/original/file_20220804_100520.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281661/images/original/file_20220804_100220.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281662/images/original/file_20220804_100228.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281659/images/original/file_20220802_174717.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281660/images/original/file_20220802_174725.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281657/images/original/file_20220802_174509.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281658/images/original/file_20220802_174516.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281655/images/original/file_20220802_174205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281656/images/original/file_20220802_174214.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281653/images/original/file_20220711_163005.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281654/images/original/file_20220711_163015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281651/images/original/file_20220705_144429.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281652/images/original/file_20220705_144447.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281649/images/original/file_20220623_202457.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281650/images/original/file_20220623_202513.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281647/images/original/file_20220623_202002.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281648/images/original/file_20220623_202017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281645/images/original/file_20220623_201137.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281646/images/original/file_20220623_201149.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281643/images/original/file_20220623_200344.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281644/images/original/file_20220623_200353.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281641/images/original/file_20220623_195855.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281642/images/original/file_20220623_195906.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281639/images/original/file_20220614_145154.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281640/images/original/file_20220614_145204.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281637/images/original/file_20220614_144440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281638/images/original/file_20220614_144546.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281635/images/original/file_20220614_143946.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281636/images/original/file_20220614_143954.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281633/images/original/file_20220614_143602.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281634/images/original/file_20220614_143611.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281631/images/original/file_20220614_143133.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281632/images/original/file_20220614_143142.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281629/images/original/file_20220530_214945.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281630/images/original/file_20220530_214958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281627/images/original/file_20220530_214515.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281628/images/original/file_20220530_214524.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281625/images/original/file_20220530_213903.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281626/images/original/file_20220530_213911.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281623/images/original/file_20220530_213712.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281624/images/original/file_20220530_213722.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281621/images/original/file_20220530_213417.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281622/images/original/file_20220530_213431.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281618/images/original/file_20220530_212712.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281619/images/original/file_20220530_212722.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281616/images/original/file_20220530_212210.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281617/images/original/file_20220530_212232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281614/images/original/file_20220516_101317.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281615/images/original/file_20220516_101325.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281612/images/original/file_20220516_101126.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281613/images/original/file_20220516_101136.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281610/images/original/file_20220427_183240.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281611/images/original/file_20220427_183248.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281608/images/original/file_20220427_183053.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281609/images/original/file_20220427_183101.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281606/images/original/file_20220427_182710.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281607/images/original/file_20220427_182719.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281604/images/original/file_20220404_184830.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/281605/images/original/file_20220404_184843.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409458/images/original/Portaria n&#186; 181-2024 nomea&#231;&#227;o Professor &#193;rea 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409459/images/original/Edital de nomea&#231;&#227;o n&#186; 06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409456/images/original/Portaria n&#186; 180-2024 nomea&#231;&#227;o Pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409457/images/original/Edital de nomea&#231;&#227;o n&#186; 06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/407170/images/original/Edital de nomea&#231;&#227;o n&#186; 05-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/407171/images/original/Portaria n&#186; 162-2024 nomea&#231;&#227;o professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409425/images/original/Portaria n&#186; 179-2024 torna sem efeito nomea&#231;&#227;o de Professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/407168/images/original/Edital de nomea&#231;&#227;o n&#186; 05-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/407169/images/original/Portaria n&#186; 161-2024 nomea&#231;&#227;o Pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409426/images/original/Portaria n&#186; 178-2024 torna sem efeito nomea&#231;&#227;o de pedreiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/407166/images/original/Edital de nomea&#231;&#227;o n&#186; 05-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/407167/images/original/Portaria n&#186; 160-2024 nomea&#231;&#227;o Auxiliar de Servi&#231;os Escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406069/images/original/Edital de nomea&#231;&#227;o n&#186; 04-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406070/images/original/Portaria n&#186; 145 nomea&#231;&#227;o prof educa&#231;&#227;o f&#237;sica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/407000/images/original/Portaria n&#186; 153-2024 torna sem efeito nomea&#231;&#227;o de professor de educa&#231;&#227;o f&#237;sica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406067/images/original/Edital de nomea&#231;&#227;o n&#186; 04-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406068/images/original/Portaria n&#186; 144 nomea&#231;&#227;o Auxiliar de Servi&#231;os Escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406999/images/original/Portaria n&#186; 154-2024 torna sem efeito nomea&#231;&#227;o de auxilar de servi&#231;os escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406064/images/original/Edital de nomea&#231;&#227;o n&#186; 04-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406065/images/original/Portaria n&#186; 143 nomea&#231;&#227;o Agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/402451/images/original/Edital de nomea&#231;&#227;o n&#186; 03.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/402452/images/original/Portaria n&#186; 122-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406215/images/original/Portaria n&#186; 141 torna sem efeito nomea&#231;&#227;o de auxiliar de servi&#231;os escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/401367/images/original/Edital de nomea&#231;&#227;o n 02-2024 professores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/401368/images/original/Portaria n&#186; 118-2024 nomea&#231;&#227;o Ana.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/401365/images/original/Edital de nomea&#231;&#227;o n 02-2024 professores.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/401366/images/original/Portaria n&#186; 117-2024 nomea&#231;&#227;o professor &#201;rick.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406214/images/original/Portaria n&#186; 142  torna sem efeito nomea&#231;&#227;o de professor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/400243/images/original/Edital de nomea&#231;&#227;o 01-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/400245/images/original/Portaria n&#186; 099-2024 nomea Professor de Educa&#231;&#227;o F&#237;sica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/400246/images/original/Portaria n&#186; 108 - 2024 torna seme feito nomea&#231;&#227;o do Sr. Mairo Damasceno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/369650/images/original/Edital de nomea&#231;&#227;o n&#186; 35.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/369651/images/original/Portaria n&#186; 515 nomea agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367101/images/original/Edital de Nomea&#231;&#227;o n&#186; 34-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367102/images/original/Portaria n&#186; 500 nomea agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/369367/images/original/Portaria n&#186; 511 torna sem efeito nomea&#231;&#227;o de servidor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/354152/images/original/Edital de nomea&#231;&#227;o n&#186; 33.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/354153/images/original/Portaria n&#186; 474 nomea agente administratiivo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/365813/images/original/Portaria n&#186; 491 torna sem efeito nomea&#231;&#227;o Lidiane.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349307/images/original/Edital de nomea&#231;&#227;o n&#186; 32.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349308/images/original/Portaria n&#186; 465 nomear auxiliar de servi&#231;os escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347498/images/original/Edital de nomea&#231;&#227;o n&#186; 31.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347499/images/original/Portaria n&#186; 455 nomea Tesoureiro Geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/346518/images/original/Edital de n&#176; 30-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/346519/images/original/Portaria n&#176;451-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/346510/images/original/Edital de n&#176; 30-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/346511/images/original/Portaria n&#176; 450-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/344669/images/original/Edital de Nomea&#231;&#227;o n&#176; 29-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/344670/images/original/Portaria n&#176; 443-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/345288/images/original/Portaria n&#176; 445-2023 torna sem efeito nomea&#231;&#227;o Eliege Lima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/344666/images/original/Edital de Nomea&#231;&#227;o n&#176; 29-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/344667/images/original/Portaria n&#176; 442-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/345582/images/original/Portaria n&#186; 449 -2023 torna sem efeito nomea&#231;&#227;o do Agente Administrativo Auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/343335/images/original/Edital de nomea&#231;&#227;o n&#186; 28.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/343336/images/original/Portaria n&#186; 431 nomea&#231;&#227;o agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/344238/images/original/Portaria n&#176;435-2023 torna sem efeito nomea&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/342806/images/original/Edital de nomea&#231;&#227;o n&#186; 27-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/342807/images/original/Portaria n&#186; 423 nomear agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/343179/images/original/Portaria n&#186; 430 torna sem efeito nomea&#231;&#227;o do agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/342804/images/original/Edital de nomea&#231;&#227;o n&#186; 27-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/342805/images/original/Portaria n&#186; 422 nomear zelador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/344237/images/original/Portaria n&#176; 437 - 2023 torna sem efeito nomea&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/341202/images/original/Edital de Nomea&#231;&#227;o n&#186; 26-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/341203/images/original/Portaria n&#186; 407-2023 nomea&#231;&#227;o K&#225;ssia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347495/images/original/Portaria n&#186; 454 torna sem efeito nomea&#231;&#227;o de servidor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/341200/images/original/Edital de Nomea&#231;&#227;o n&#186; 26-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/341201/images/original/Portaria n&#186; 406-2023 nomea&#231;&#227;o Auxiliar de servi&#231;os escolares.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/340065/images/original/Edital de nomea&#231;&#227;o n&#186; 25 agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/340066/images/original/Portaria n&#186; 395 nomea&#231;&#227;o agente administrativo auxiliar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/342664/images/original/Portaria n&#186; 421 torna sem efeito nomea&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/334942/images/original/Portaria n&#186; 394.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/334948/images/original/Edital de nomea&#231;&#227;o n&#186; 24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/340048/images/original/Portaria n&#186; 397 desist&#234;ncia expressa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/333165/images/original/Edital de Nomea&#231;&#227;o n&#186; 23-2023 nomea&#231;&#227;o Tesoureiro Geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/333166/images/original/Portaria n&#186; 391 nomea&#231;&#227;o Tesoureiro Geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/341199/images/original/Portaria n&#186; 403-2023 torna sem efeito nomea&#231;&#227;o da Tesoureira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/300215/images/original/Portaria n&#186; 276 nomea&#231;&#227;o Assistente Social.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/300216/images/original/Edital de Nomea&#231;&#227;o n&#186; 22.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/292544/images/original/Portaria n&#186; 248 nomea&#231;&#227;o fiscal tribut&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/292545/images/original/Edital de Nomea&#231;&#227;o n&#186; 21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/291776/images/original/Portaria n&#186; 242 nomea&#231;&#227;o zelador Luis Paulo Lima de Lima.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/291777/images/original/Edital de nomea&#231;&#227;o n&#186; 20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/291772/images/original/Portaria n&#186; 241 nomea&#231;&#227;o Fiscal Tribut&#225;rio Jonathan Daniela Alves Dias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/291773/images/original/Edital de nomea&#231;&#227;o n&#186; 20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/291851/images/original/Portaria n&#186; 244 torna sem efeito nomea&#231;&#227;o de Fiscal tribut&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/291749/images/original/Portaria n&#186; 240 nomea&#231;&#227;o Contador Aroldo Oliveira Lopes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/291750/images/original/Edital de nomea&#231;&#227;o n&#186; 20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/291852/images/original/Portaria n&#186; 245 torna sem efeito nomea&#231;&#227;o do Contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289940/images/original/Portaria n&#186; 228 nomea&#231;&#227;o zelador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289941/images/original/Edital de nomea&#231;&#227;o n&#186; 19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/290775/images/original/Portaria n&#186; 235 - torna sem efeito nomea&#231;&#227;o zelador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289937/images/original/Portaria n&#186; 227 nomea&#231;&#227;o fiscal tribut&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289938/images/original/Edital de nomea&#231;&#227;o n&#186; 19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/291590/images/original/Portaria n&#186; 239 torna sem efeito nomea&#231;&#227;o Fiscal Tribut&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289935/images/original/Portaria n&#186; 226 nomea&#231;&#227;o contadora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289936/images/original/Edital de nomea&#231;&#227;o n&#186; 19.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/290776/images/original/Portaria n&#186; 234 - torna sem efeito nomea&#231;&#227;o da contadora.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/288975/images/original/Portaria n&#186; 216 nomea&#231;&#227;o Tiago.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/288976/images/original/Edital de nomea&#231;&#227;o n&#186; 18 Tiago.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289650/images/original/Portaria n&#186; 224 torna sem efeito nomea&#231;&#227;o do Contador Tiago.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/288963/images/original/Portaria n&#186; 214 nomea&#231;&#227;o Aroldo Lopes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/288964/images/original/Edital de nomea&#231;&#227;o n&#186; 017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289202/images/original/Portaria n&#186; 215 torna sem efeito nomea&#231;&#227;o Aroldo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/288797/images/original/Portaria n&#186; 212 nomea contador Igor Mattos Machado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/288798/images/original/Edital de nomea&#231;&#227;o n&#186; 16 contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/288962/images/original/Portaria n&#186; 213 torna sem efeito nomea&#231;&#227;o do Igor.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/288471/images/original/Portaria n&#186; 206 nomea&#231;&#227;o Thomas contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/288472/images/original/Edital de nomea&#231;&#227;o n&#186; 15 contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/288790/images/original/Portaria n&#186; 212 nomea contador Igor Mattos Machado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/287743/images/original/Portaria n&#186; 200 nomea&#231;&#227;o Zelador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/287744/images/original/Edital de nomea&#231;&#227;o n&#186; 14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289147/images/original/Portaria n&#186; 219 torna sem efeito nomea&#231;&#227;o Eliakim.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/286825/images/original/Portaria n&#186; 189 nomea&#231;&#227;o contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/286826/images/original/Edital de nomea&#231;&#227;o n&#186; 13.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/288463/images/original/Portaria n&#186; 205 torna sem efeito nomea&#231;&#227;o contador.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285589/images/original/Portaria n&#186; 185 nomea&#231;&#227;o fiscal tribut&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285590/images/original/Edital de nomea&#231;&#227;o n&#186; 12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289404/images/original/Portaria n&#186; 220 torna sem efeito nomea&#231;&#227;o Regis.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285586/images/original/Portaria n&#186; 184 nomea&#231;&#227;o agente administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285587/images/original/Edital de nomea&#231;&#227;o n&#186; 12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285131/images/original/Portaria n&#186; 179 fiscal tribut&#225;rio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285132/images/original/Edital de nomea&#231;&#227;o n&#186; 11-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285578/images/original/Portaria n&#186; 183 torna sem efeito nomea&#231;&#227;o da fiscal tribut&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285124/images/original/Portaria n&#186; 178 agente administrativo auxiliar Natiele.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285125/images/original/Edital de nomea&#231;&#227;o n&#186; 11-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285122/images/original/Portaria n&#186; 177 agente administrativo auxiliar Solange.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285123/images/original/Edital de nomea&#231;&#227;o n&#186; 11-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285118/images/original/Portaria n&#186; 176 agente administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285119/images/original/Edital de nomea&#231;&#227;o n&#186; 11-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/285585/images/original/Portaria n&#186; 182 torna sem efeito nomea&#231;&#227;o agente administrativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281715/images/original/file_20230303_100310.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281716/images/original/file_20230303_100319.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281712/images/original/file_20230303_095851.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281713/images/original/file_20230303_095859.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281714/images/original/file_20230316_081533.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281709/images/original/file_20230303_095358.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281710/images/original/file_20230303_095408.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281711/images/original/file_20230316_081618.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281706/images/original/file_20230210_192354.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281707/images/original/file_20230210_192402.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281708/images/original/file_20230302_193752.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281703/images/original/file_20230210_191645.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281704/images/original/file_20230210_191741.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281705/images/original/file_20230302_193837.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281701/images/original/file_20230208_184929.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281702/images/original/file_20230208_184938.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281698/images/original/file_20230208_185251.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281699/images/original/file_20230208_185300.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281700/images/original/file_20230222_140433.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281695/images/original/file_20230202_161336.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281696/images/original/file_20230207_162201.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281697/images/original/file_20230207_175551.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281692/images/original/file_20230215_195344.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281693/images/original/file_20230215_195356.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281694/images/original/file_20230215_195414.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281689/images/original/file_20230215_194534.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281690/images/original/file_20230215_194545.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281691/images/original/file_20230215_194708.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281686/images/original/file_20230215_194103.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281687/images/original/file_20230215_194115.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281688/images/original/file_20230215_194158.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281683/images/original/file_20230215_194326.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281684/images/original/file_20230215_194339.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281685/images/original/file_20230215_194358.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281680/images/original/file_20230106_102822.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281681/images/original/file_20230106_102832.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281682/images/original/file_20230109_141901.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281678/images/original/file_20230103_120535.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281679/images/original/file_20230103_120548.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281676/images/original/file_20221123_210813.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281677/images/original/file_20221123_210847.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281673/images/original/file_20221101_140657.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281674/images/original/file_20221101_140708.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281671/images/original/file_20221010_172757.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281672/images/original/file_20221010_172811.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281669/images/original/file_20220818_181558.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281670/images/original/file_20220818_181605.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281667/images/original/file_20220818_181335.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281668/images/original/file_20220818_181346.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281665/images/original/file_20220804_100713.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281666/images/original/file_20220804_100722.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281663/images/original/file_20220804_100513.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281664/images/original/file_20220804_100520.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281661/images/original/file_20220804_100220.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281662/images/original/file_20220804_100228.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281659/images/original/file_20220802_174717.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281660/images/original/file_20220802_174725.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281657/images/original/file_20220802_174509.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281658/images/original/file_20220802_174516.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281655/images/original/file_20220802_174205.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281656/images/original/file_20220802_174214.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281653/images/original/file_20220711_163005.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281654/images/original/file_20220711_163015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281651/images/original/file_20220705_144429.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281652/images/original/file_20220705_144447.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281649/images/original/file_20220623_202457.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281650/images/original/file_20220623_202513.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281647/images/original/file_20220623_202002.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281648/images/original/file_20220623_202017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281645/images/original/file_20220623_201137.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281646/images/original/file_20220623_201149.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281643/images/original/file_20220623_200344.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281644/images/original/file_20220623_200353.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281641/images/original/file_20220623_195855.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281642/images/original/file_20220623_195906.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281639/images/original/file_20220614_145154.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281640/images/original/file_20220614_145204.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281637/images/original/file_20220614_144440.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281638/images/original/file_20220614_144546.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281635/images/original/file_20220614_143946.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281636/images/original/file_20220614_143954.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281633/images/original/file_20220614_143602.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281634/images/original/file_20220614_143611.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281631/images/original/file_20220614_143133.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281632/images/original/file_20220614_143142.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281629/images/original/file_20220530_214945.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281630/images/original/file_20220530_214958.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281627/images/original/file_20220530_214515.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281628/images/original/file_20220530_214524.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281625/images/original/file_20220530_213903.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281626/images/original/file_20220530_213911.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281623/images/original/file_20220530_213712.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281624/images/original/file_20220530_213722.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281621/images/original/file_20220530_213417.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281622/images/original/file_20220530_213431.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281618/images/original/file_20220530_212712.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281619/images/original/file_20220530_212722.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281616/images/original/file_20220530_212210.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281617/images/original/file_20220530_212232.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281614/images/original/file_20220516_101317.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281615/images/original/file_20220516_101325.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281612/images/original/file_20220516_101126.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281613/images/original/file_20220516_101136.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281610/images/original/file_20220427_183240.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281611/images/original/file_20220427_183248.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281608/images/original/file_20220427_183053.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281609/images/original/file_20220427_183101.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281606/images/original/file_20220427_182710.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281607/images/original/file_20220427_182719.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281604/images/original/file_20220404_184830.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/281605/images/original/file_20220404_184843.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C242"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C242" sqref="C242"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>