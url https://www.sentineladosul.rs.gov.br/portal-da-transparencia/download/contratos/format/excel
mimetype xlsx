--- v0 (2025-12-07)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>CONTRATO Nº 061/2025</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
     <t>Contrato 061 M. Cornelli - PM Sentinela do Sul.pdf</t>
   </si>
   <si>
     <t>CONTRATO Nº 036/2025</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
@@ -273,170 +273,50 @@
     <t>Contrato 018 - AGRICULTURA FAMILIAR - ADÃO ALVES MEIRELLES.pdf</t>
   </si>
   <si>
     <t>CONTRATO Nº 015/2024</t>
   </si>
   <si>
     <t>Contrato 015 Bombeiros.pdf</t>
   </si>
   <si>
     <t>CONTRATO Nº 014/2024</t>
   </si>
   <si>
     <t>Contrato 014 Segurança Festa.pdf</t>
   </si>
   <si>
     <t>CONTRATO N° 013/2024</t>
   </si>
   <si>
     <t>Contrato 013 - AGRICULTURA FAMILIAR - CLARISSE.pdf</t>
   </si>
   <si>
     <t>CONTRATO Nº 016/2024</t>
   </si>
   <si>
     <t>Contrato 016 N. B_assinadoassinado.pdf</t>
-  </si>
-[...118 lines deleted...]
-    <t>Contrato 014 Bar Baile.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -742,62 +622,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/671058/images/original/Contrato 061 M. Cornelli - PM Sentinela do Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/640339/images/original/Contrato 036 CRONOS PREFEITURA DE SENTINELA FELICE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/640268/images/original/Contrato 035 SPONCHIADO_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/632258/images/original/CONTRATO 034 CORDIAL_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/632274/images/original/CONTRATO ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/632256/images/original/CONTRATO 032 PEDRA SUL_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513992/images/original/Contrato_041_Belabru_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513855/images/original/Contrato_040_Servicos_de_Plantao_medico_assinadoI_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513842/images/original/Contrato_038_FW_assinado-assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513840/images/original/Contrato_037_Eduardo_Pagini_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513821/images/original/Contrato 036 Souza Serv. Pavimenta&#231;&#227;o assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/489389/images/original/Contrato_035_Clinica_Terapeutica.assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513817/images/original/Contrato n&#186; 034-2024 - Elisandro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/489384/images/original/Contrato_033_TR_Engenharia_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465974/images/original/Contrato 030 CTS Silva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465971/images/original/Contrato 029 F&amp;F Engenharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513816/images/original/Contrato_032_FW_assinado_CONTRATADA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/459152/images/original/Contrato_028_Mattana_assinado__281_29-assinado_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465891/images/original/Contrato 017 TR Engenharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465968/images/original/Contrato 027 CLJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465960/images/original/Contrato 026 - AGRICULTURA FAMILIAR - VANDERLEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465943/images/original/Contrato 025 - AGRICULTURA FAMILIAR - ROSELAINE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465940/images/original/Contrato 024 - AGRICULTURA FAMILIAR - PAULO ROBERTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465921/images/original/Contrato 023 - AGRICULTURA FAMILIAR - MARA INES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465912/images/original/Contrato 022 - AGRICULTURA FAMILIAR - DENISE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465911/images/original/Contrato 021 - AGRICULTURA FAMILIAR - DAISI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465909/images/original/Contrato 020 - AGRICULTURA FAMILIAR - COOPERATIVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465900/images/original/Contrato 019 - AGRICULTURA FAMILIAR - CLEONITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465894/images/original/Contrato 018 - AGRICULTURA FAMILIAR - AD&#195;O ALVES MEIRELLES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465867/images/original/Contrato 015 Bombeiros.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465865/images/original/Contrato 014 Seguran&#231;a Festa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465862/images/original/Contrato 013 - AGRICULTURA FAMILIAR - CLARISSE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465890/images/original/Contrato 016 N. B_assinadoassinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/355044/images/original/Contrato 032 - Borba, Pause e Perin - ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289615/images/original/Contrato 017 CRVR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289600/images/original/Contrato 016 Bombeiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289599/images/original/Contrato 015 Servi&#231;os Gerais no Parque de Eventos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289595/images/original/Contrato 013 Bar Rodeio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289592/images/original/Contrato 012 Pista Rodeio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289582/images/original/Contrato 0011 &#211;leo Diesel - Coqueiro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289571/images/original/Contrato 010 - WEBDE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289565/images/original/Contrato 009 Fernanda.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289554/images/original/Contrato 008 Koch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289535/images/original/Contrato 005 Renato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289524/images/original/Contrato 005 Renato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289522/images/original/Contrato 0004 Seguran&#231;a Patrimonial Bruno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289521/images/original/Contrato 003 Rastreadores MV Servi&#231;os.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289520/images/original/Contrato 002 GovbrSul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289405/images/original/Contrato 001 Banrisul Alimenta&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/289597/images/original/Contrato 014 Bar Baile.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/671058/images/original/Contrato 061 M. Cornelli - PM Sentinela do Sul.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/640339/images/original/Contrato 036 CRONOS PREFEITURA DE SENTINELA FELICE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/640268/images/original/Contrato 035 SPONCHIADO_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/632258/images/original/CONTRATO 034 CORDIAL_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/632274/images/original/CONTRATO ASSINADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/632256/images/original/CONTRATO 032 PEDRA SUL_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513992/images/original/Contrato_041_Belabru_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513855/images/original/Contrato_040_Servicos_de_Plantao_medico_assinadoI_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513842/images/original/Contrato_038_FW_assinado-assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513840/images/original/Contrato_037_Eduardo_Pagini_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513821/images/original/Contrato 036 Souza Serv. Pavimenta&#231;&#227;o assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/489389/images/original/Contrato_035_Clinica_Terapeutica.assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513817/images/original/Contrato n&#186; 034-2024 - Elisandro.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/489384/images/original/Contrato_033_TR_Engenharia_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465974/images/original/Contrato 030 CTS Silva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465971/images/original/Contrato 029 F&amp;F Engenharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/513816/images/original/Contrato_032_FW_assinado_CONTRATADA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/459152/images/original/Contrato_028_Mattana_assinado__281_29-assinado_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465891/images/original/Contrato 017 TR Engenharia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465968/images/original/Contrato 027 CLJ.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465960/images/original/Contrato 026 - AGRICULTURA FAMILIAR - VANDERLEI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465943/images/original/Contrato 025 - AGRICULTURA FAMILIAR - ROSELAINE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465940/images/original/Contrato 024 - AGRICULTURA FAMILIAR - PAULO ROBERTO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465921/images/original/Contrato 023 - AGRICULTURA FAMILIAR - MARA INES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465912/images/original/Contrato 022 - AGRICULTURA FAMILIAR - DENISE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465911/images/original/Contrato 021 - AGRICULTURA FAMILIAR - DAISI.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465909/images/original/Contrato 020 - AGRICULTURA FAMILIAR - COOPERATIVA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465900/images/original/Contrato 019 - AGRICULTURA FAMILIAR - CLEONITA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465894/images/original/Contrato 018 - AGRICULTURA FAMILIAR - AD&#195;O ALVES MEIRELLES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465867/images/original/Contrato 015 Bombeiros.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465865/images/original/Contrato 014 Seguran&#231;a Festa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465862/images/original/Contrato 013 - AGRICULTURA FAMILIAR - CLARISSE.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/465890/images/original/Contrato 016 N. B_assinadoassinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C51"/>
+  <dimension ref="A1:C34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C51" sqref="C51"/>
+      <selection activeCell="C34" sqref="C34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -1130,291 +1010,87 @@
       </c>
       <c r="C32" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>83</v>
       </c>
       <c r="B33" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>85</v>
       </c>
       <c r="B34" t="s">
         <v>61</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>86</v>
-      </c>
-[...185 lines deleted...]
-        <v>126</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="C23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="C24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="C25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="C26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="C27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="C28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="C29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="C30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="C31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="C32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="C33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="C34" r:id="rId_hyperlink_33"/>
-    <hyperlink ref="C35" r:id="rId_hyperlink_34"/>
-[...15 lines deleted...]
-    <hyperlink ref="C51" r:id="rId_hyperlink_50"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>