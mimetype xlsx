--- v0 (2025-10-25)
+++ v1 (2025-12-14)
@@ -12,95 +12,128 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="282">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>DECRETO N°1305/2025</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>DECRETO N°1302/2025</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>DECRETO N°1302</t>
+  </si>
+  <si>
+    <t>DECRETO N°1301/2025</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>DECRETO N°1299/2025</t>
+  </si>
+  <si>
+    <t>03/11/2025</t>
+  </si>
+  <si>
+    <t>DECRETO N°1298/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
     <t>DECRETO N°1297/2025</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>DECRETO N°1295/2025</t>
   </si>
   <si>
     <t>08/10/2025</t>
   </si>
   <si>
     <t>DECRETO N°1294/2025</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>DECRETO Nº1293/2025</t>
   </si>
   <si>
     <t>DECRETO N°1293/2025</t>
   </si>
   <si>
     <t>DECRETO N°1292/2025</t>
   </si>
   <si>
     <t>25/09/2025</t>
   </si>
   <si>
     <t>DECRETO N°1292</t>
   </si>
   <si>
-    <t>DECRETO Nº1291</t>
+    <t>DECRETO Nº1291/2025</t>
   </si>
   <si>
     <t>11/09/2025</t>
   </si>
   <si>
     <t>DECRETO nº1291</t>
   </si>
   <si>
     <t>DECRETO Nº 1289/2025</t>
   </si>
   <si>
     <t>04/09/2025</t>
   </si>
   <si>
     <t>Decreto nº 1289/2025</t>
   </si>
   <si>
     <t>DECRETO Nº 1288/2025</t>
   </si>
   <si>
     <t>Decreto nº 1288/2025</t>
   </si>
   <si>
     <t>DECRETO Nº 1286/2025</t>
   </si>
@@ -825,95 +858,50 @@
     <t>DECRETO Nº 1197/2023</t>
   </si>
   <si>
     <t>21/08/2023</t>
   </si>
   <si>
     <t>Decreto n° 1197 - 2023.pdf</t>
   </si>
   <si>
     <t>DECRETO Nº 1196/2023</t>
   </si>
   <si>
     <t>03/08/2023</t>
   </si>
   <si>
     <t>Decreto Municipal nº 1196 -2023 Regulamenta o sistema de compensação.pdf</t>
   </si>
   <si>
     <t>DECRETO Nº 1195/2023</t>
   </si>
   <si>
     <t>10/07/2023</t>
   </si>
   <si>
     <t>Decreto n° 1195 - 2023.pdf</t>
-  </si>
-[...43 lines deleted...]
-    <t>Decreto Municipal nº 1190-2023 regulamenta Sindicância e PAD.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1219,1197 +1207,1186 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668488/images/original/decreto 1296.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665833/images/original/decreto n&#176;1295.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665829/images/original/decreto 1294.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665805/images/original/decreto 1293_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658634/images/original/decreto n 1292_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658582/images/original/decreto 1291_2025 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/638815/images/original/Decreto n&#186; 1289-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/638814/images/original/Decreto n&#186; 1288-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/628839/images/original/decreto 1286.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627655/images/original/Decreto n&#186; 1285-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627651/images/original/Decreto n&#186; 1284-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619416/images/original/Decreto n&#186; 1282-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619413/images/original/Decreto n&#186; 1281-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607144/images/original/Decreto n&#186; 1280-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/599949/images/original/Decreto n&#186; 1278-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598007/images/original/Decreto 1277-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598011/images/original/Decreto 1276-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589594/images/original/Decreto 1274.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/590410/images/original/Decreto 1273-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/590382/images/original/Decreto 1272-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587963/images/original/Decreto 1271-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607136/images/original/Decreto n&#186; 1270-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589588/images/original/Decreto 1269-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/557341/images/original/Decreto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607133/images/original/Decreto n&#186; 1267-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587956/images/original/Decreto 1266-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/551300/images/original/DECRETO N&#186; 1265-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587949/images/original/Decreto 1264-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607127/images/original/Decreto n&#186; 1263-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587933/images/original/Decreto 1262-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587924/images/original/Decreto 1261-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587911/images/original/Decreto 1260-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587907/images/original/Decreto 1259-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/525333/images/original/Decreto 1258  - feriado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/522155/images/original/Decreto 1257 - ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587903/images/original/Decreto 1256-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587901/images/original/Decreto 1255-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587895/images/original/Decreto 1254-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511414/images/original/Decreto n&#186; 1253 - Confer&#234;ncia do Meio Ambiente.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511815/images/original/Decreto n&#186; 1252 - Institui normas para gest&#227;o e fiscaliza&#231;&#227;o de contratos para aquisi&#231;&#227;o de bens e contrata&#231;&#227;o de servi&#231;os em geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/510333/images/original/Decreto n&#186; 1251 - nomea&#231;&#227;o dos membros do Conselho Municipal de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508375/images/original/Decreto n&#186; 1250-2024 Decreta Ponto Facultativo Natal e Ano Novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508387/images/original/Decreto n&#186; 1249 - Disp&#245;e sobre anula&#231;&#227;o de ato administrativo que concedeu licen&#231;a maternidade de 180 dias sem previs&#227;o legal e d&#225; outras provid&#234;ncias..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508390/images/original/Decreto n&#186; 1247 - Programa&#231;&#227;o Financeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511730/images/original/2 Programa&#231;&#227;o Financeira da Receita Bimestral 2025.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511731/images/original/3 Cronograma de Execu&#231;&#227;o Mensal de Desembolso 2025.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/498448/images/original/Decreto n&#186; 1246-2024 altera a reda&#231;&#227;o do art. 2&#186; do Decreto Municipal n&#186; 1243.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/498389/images/original/Decreto n&#186; 1245 - referente a lei 1518.22 - honor&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512263/images/original/Decreto n&#176; 1244 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/494484/images/original/Decreto n&#186; 1243-2024 - Transi&#231;&#227;o de mandato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/493805/images/original/Decreto n&#186; 1242-2024 Ponto Facultativo Dia do Servidor P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492169/images/original/Decreto n&#186; 1241-2024 revoga decreto 1219.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512262/images/original/Decreto n&#176; 1240 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512259/images/original/Decreto n&#176; 1239 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512258/images/original/Decreto n&#176; 1238 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/470871/images/original/Decreto n&#186; 1237 - 2024 regulamenta a Lei 1587 nota fiscal de servi&#231;o eletr&#244;nica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/469666/images/original/Decreto n&#186; 1236-2024 define as Inst&#226;ncias de Julgamento Administrativo da Vigil&#226;ncia Sanit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512257/images/original/Decreto n&#176; 1235 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/467152/images/original/Decreto n&#186; 1234-2024 disp&#245;e acerca das condutas vedadas aos agentes p&#250;blicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/458175/images/original/Decreto n&#186; 1233 Disciplina o parcelamento dos cr&#233;ditos tribut&#225;rios institu&#237;do pelo art. 113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512255/images/original/Decreto n&#176; 1232 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/452089/images/original/Decreto n&#186; 1231-2024 Ponto Facultativo Corpus Christi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/449289/images/original/Decreto n&#186; 1230-2024 Disp&#245;e acerca da Documenta&#231;&#227;o de Habilita&#231;&#227;o exigida pelos Editais de Licita&#231;&#227;o no atual cen&#225;rio de Calamidade P&#250;blica e d&#225; outras provid&#234;ncias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512254/images/original/Decreto n&#176; 1229 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447930/images/original/Decreto n&#186; 1228 suspens&#227;o das aulas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447231/images/original/Decreto n&#186; 1227 declara situa&#231;&#227;o de emerg&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447071/images/original/Decreto n&#186; 1226-2024 Disp&#245;e sobre a implanta&#231;&#227;o da pol&#237;tica de Educa&#231;&#227;o Integral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447069/images/original/Decreto n&#186; 1225-2024 Disp&#245;e sobre a revoga&#231;&#227;o do Decreto Municipal n&#186; 1222.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512252/images/original/Decreto n&#176; 1224 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512250/images/original/Decreto n&#176; 1223 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/410955/images/original/Decreto n&#186; 1222-2024 prorroga validade do Concurso P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/411866/images/original/Decreto n&#186; 1221-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409837/images/original/Decreto n&#186; 1220-2024 Disp&#245;e sobre a dispensa de parecer jur&#237;dico pelo Departamento Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409835/images/original/Decreto n&#186; 1219-2024 regulamenta o art. 95 da Lei Federal n&#186; 14.1332021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406837/images/original/Decreto n&#186; 1218-2024 transfere feriado municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406816/images/original/Decreto n&#186; 1217-2024 Homologa conv&#234;nio permuta professoras Sandra e Genize.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512249/images/original/Decreto n&#176; 1216 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/397342/images/original/Decreto n&#186; 1215-2024 ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/396804/images/original/Decreto n&#186; 1214-2024 valoriza&#231;&#227;o da comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512248/images/original/Decreto n&#176; 1213 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512266/images/original/Decreto 1212-2023 Suplementa dota&#231;&#227;o or&#231;ament&#225;ria no valor de R$ 1.332.836,42..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367577/images/original/Decreto n&#186; 1210 regulamenta a Lei Federal n&#186; 14.133-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367020/images/original/Decreto n&#186; 1209-2023 Institui o Programa de Recupera&#231;&#227;o de D&#233;bitos Decorrentes dos Programas Habitacionais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/355425/images/original/Decreto n&#186; 1207-2023 ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/351135/images/original/Decreto n&#186; 1206 - estebelece o valor de cobran&#231;a pelo uso do Laranj&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512313/images/original/Decreto n&#176; 1205-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/343041/images/original/Decreto n&#186; 1204-2023 Ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/342778/images/original/Decreto n&#186; 1203-2023 declara situa&#231;&#227;o e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/341180/images/original/Decreto n&#186; 1202-2023  suspende as aulas na rede municipal de ensino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512312/images/original/Decreto n&#176; 1201 - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/333026/images/original/Decreto n&#186; 1200-2023 Suspende as aulas na rede municipal de ensino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/323420/images/original/Decreto n&#186; 1199-2023 declara situa&#231;&#227;o excepcional de interven&#231;&#227;o humanit&#225;ria do Munic&#237;pio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/322046/images/original/Decreto n&#186; 1198-2023 ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512311/images/original/Decreto n&#176; 1197 - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/314165/images/original/Decreto Municipal n&#186; 1196 -2023 Regulamenta o sistema de compensa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512310/images/original/Decreto n&#176; 1195 - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512267/images/original/Decreto n&#176; 1193 - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349297/images/original/Decreto n&#186; 1194.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/300217/images/original/Decreto n&#186; 1192 institui comiss&#227;o de Farm&#225;cia e Terap&#234;utica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/300243/images/original/Ap&#234;ndice I - Declara&#231;&#227;o de aus&#234;ncia de conflito.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/298927/images/original/img20230605_10481402.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/298618/images/original/Decreto Municipal n&#186; 1190-2023 regulamenta Sindic&#226;ncia e PAD.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/697942/images/original/decretos 1305.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682740/images/original/decreto 1302.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/681793/images/original/img20251117_08314767.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/681999/images/original/1299.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/675057/images/original/decreto1298_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668488/images/original/decreto 1296.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665833/images/original/decreto n&#176;1295.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665829/images/original/decreto 1294.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665805/images/original/decreto 1293_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658634/images/original/decreto n 1292_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658582/images/original/decreto 1291_2025 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/638815/images/original/Decreto n&#186; 1289-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/638814/images/original/Decreto n&#186; 1288-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/628839/images/original/decreto 1286.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627655/images/original/Decreto n&#186; 1285-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627651/images/original/Decreto n&#186; 1284-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619416/images/original/Decreto n&#186; 1282-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619413/images/original/Decreto n&#186; 1281-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607144/images/original/Decreto n&#186; 1280-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/599949/images/original/Decreto n&#186; 1278-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598007/images/original/Decreto 1277-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598011/images/original/Decreto 1276-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589594/images/original/Decreto 1274.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/590410/images/original/Decreto 1273-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/590382/images/original/Decreto 1272-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587963/images/original/Decreto 1271-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607136/images/original/Decreto n&#186; 1270-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589588/images/original/Decreto 1269-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/557341/images/original/Decreto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607133/images/original/Decreto n&#186; 1267-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587956/images/original/Decreto 1266-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/551300/images/original/DECRETO N&#186; 1265-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587949/images/original/Decreto 1264-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607127/images/original/Decreto n&#186; 1263-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587933/images/original/Decreto 1262-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587924/images/original/Decreto 1261-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587911/images/original/Decreto 1260-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587907/images/original/Decreto 1259-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/525333/images/original/Decreto 1258  - feriado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/522155/images/original/Decreto 1257 - ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587903/images/original/Decreto 1256-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587901/images/original/Decreto 1255-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587895/images/original/Decreto 1254-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511414/images/original/Decreto n&#186; 1253 - Confer&#234;ncia do Meio Ambiente.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511815/images/original/Decreto n&#186; 1252 - Institui normas para gest&#227;o e fiscaliza&#231;&#227;o de contratos para aquisi&#231;&#227;o de bens e contrata&#231;&#227;o de servi&#231;os em geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/510333/images/original/Decreto n&#186; 1251 - nomea&#231;&#227;o dos membros do Conselho Municipal de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508375/images/original/Decreto n&#186; 1250-2024 Decreta Ponto Facultativo Natal e Ano Novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508387/images/original/Decreto n&#186; 1249 - Disp&#245;e sobre anula&#231;&#227;o de ato administrativo que concedeu licen&#231;a maternidade de 180 dias sem previs&#227;o legal e d&#225; outras provid&#234;ncias..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508390/images/original/Decreto n&#186; 1247 - Programa&#231;&#227;o Financeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511730/images/original/2 Programa&#231;&#227;o Financeira da Receita Bimestral 2025.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511731/images/original/3 Cronograma de Execu&#231;&#227;o Mensal de Desembolso 2025.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/498448/images/original/Decreto n&#186; 1246-2024 altera a reda&#231;&#227;o do art. 2&#186; do Decreto Municipal n&#186; 1243.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/498389/images/original/Decreto n&#186; 1245 - referente a lei 1518.22 - honor&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512263/images/original/Decreto n&#176; 1244 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/494484/images/original/Decreto n&#186; 1243-2024 - Transi&#231;&#227;o de mandato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/493805/images/original/Decreto n&#186; 1242-2024 Ponto Facultativo Dia do Servidor P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492169/images/original/Decreto n&#186; 1241-2024 revoga decreto 1219.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512262/images/original/Decreto n&#176; 1240 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512259/images/original/Decreto n&#176; 1239 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512258/images/original/Decreto n&#176; 1238 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/470871/images/original/Decreto n&#186; 1237 - 2024 regulamenta a Lei 1587 nota fiscal de servi&#231;o eletr&#244;nica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/469666/images/original/Decreto n&#186; 1236-2024 define as Inst&#226;ncias de Julgamento Administrativo da Vigil&#226;ncia Sanit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512257/images/original/Decreto n&#176; 1235 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/467152/images/original/Decreto n&#186; 1234-2024 disp&#245;e acerca das condutas vedadas aos agentes p&#250;blicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/458175/images/original/Decreto n&#186; 1233 Disciplina o parcelamento dos cr&#233;ditos tribut&#225;rios institu&#237;do pelo art. 113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512255/images/original/Decreto n&#176; 1232 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/452089/images/original/Decreto n&#186; 1231-2024 Ponto Facultativo Corpus Christi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/449289/images/original/Decreto n&#186; 1230-2024 Disp&#245;e acerca da Documenta&#231;&#227;o de Habilita&#231;&#227;o exigida pelos Editais de Licita&#231;&#227;o no atual cen&#225;rio de Calamidade P&#250;blica e d&#225; outras provid&#234;ncias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512254/images/original/Decreto n&#176; 1229 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447930/images/original/Decreto n&#186; 1228 suspens&#227;o das aulas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447231/images/original/Decreto n&#186; 1227 declara situa&#231;&#227;o de emerg&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447071/images/original/Decreto n&#186; 1226-2024 Disp&#245;e sobre a implanta&#231;&#227;o da pol&#237;tica de Educa&#231;&#227;o Integral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447069/images/original/Decreto n&#186; 1225-2024 Disp&#245;e sobre a revoga&#231;&#227;o do Decreto Municipal n&#186; 1222.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512252/images/original/Decreto n&#176; 1224 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512250/images/original/Decreto n&#176; 1223 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/410955/images/original/Decreto n&#186; 1222-2024 prorroga validade do Concurso P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/411866/images/original/Decreto n&#186; 1221-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409837/images/original/Decreto n&#186; 1220-2024 Disp&#245;e sobre a dispensa de parecer jur&#237;dico pelo Departamento Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409835/images/original/Decreto n&#186; 1219-2024 regulamenta o art. 95 da Lei Federal n&#186; 14.1332021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406837/images/original/Decreto n&#186; 1218-2024 transfere feriado municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406816/images/original/Decreto n&#186; 1217-2024 Homologa conv&#234;nio permuta professoras Sandra e Genize.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512249/images/original/Decreto n&#176; 1216 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/397342/images/original/Decreto n&#186; 1215-2024 ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/396804/images/original/Decreto n&#186; 1214-2024 valoriza&#231;&#227;o da comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512248/images/original/Decreto n&#176; 1213 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512266/images/original/Decreto 1212-2023 Suplementa dota&#231;&#227;o or&#231;ament&#225;ria no valor de R$ 1.332.836,42..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367577/images/original/Decreto n&#186; 1210 regulamenta a Lei Federal n&#186; 14.133-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367020/images/original/Decreto n&#186; 1209-2023 Institui o Programa de Recupera&#231;&#227;o de D&#233;bitos Decorrentes dos Programas Habitacionais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/355425/images/original/Decreto n&#186; 1207-2023 ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/351135/images/original/Decreto n&#186; 1206 - estebelece o valor de cobran&#231;a pelo uso do Laranj&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512313/images/original/Decreto n&#176; 1205-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/343041/images/original/Decreto n&#186; 1204-2023 Ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/342778/images/original/Decreto n&#186; 1203-2023 declara situa&#231;&#227;o e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/341180/images/original/Decreto n&#186; 1202-2023  suspende as aulas na rede municipal de ensino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512312/images/original/Decreto n&#176; 1201 - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/333026/images/original/Decreto n&#186; 1200-2023 Suspende as aulas na rede municipal de ensino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/323420/images/original/Decreto n&#186; 1199-2023 declara situa&#231;&#227;o excepcional de interven&#231;&#227;o humanit&#225;ria do Munic&#237;pio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/322046/images/original/Decreto n&#186; 1198-2023 ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512311/images/original/Decreto n&#176; 1197 - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/314165/images/original/Decreto Municipal n&#186; 1196 -2023 Regulamenta o sistema de compensa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512310/images/original/Decreto n&#176; 1195 - 2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C103"/>
+  <dimension ref="A1:C102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C103" sqref="C103"/>
+      <selection activeCell="C102" sqref="C102"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
         <v>17</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="1" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B9" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>25</v>
+      </c>
+      <c r="B12" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
+        <v>29</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B19" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B20" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="B21" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B22" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B25" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B26" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B28" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B29" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B30" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B31" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B32" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B33" t="s">
+        <v>85</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B34" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B35" t="s">
         <v>91</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>93</v>
+      </c>
+      <c r="B36" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>96</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>99</v>
       </c>
       <c r="B38" t="s">
+        <v>97</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>101</v>
+      </c>
+      <c r="B39" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
         <v>104</v>
       </c>
       <c r="B40" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B41" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B42" t="s">
         <v>108</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>110</v>
+      </c>
+      <c r="B43" t="s">
+        <v>111</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>112</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B44" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B45" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
         <v>118</v>
       </c>
       <c r="B46" t="s">
         <v>119</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B47" t="s">
         <v>119</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>123</v>
       </c>
       <c r="B48" t="s">
         <v>124</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
         <v>126</v>
       </c>
       <c r="B49" t="s">
         <v>127</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
         <v>129</v>
       </c>
       <c r="B50" t="s">
         <v>130</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
+        <v>129</v>
+      </c>
+      <c r="B51" t="s">
+        <v>130</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="B52" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B53" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="B54" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B55" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B56" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B57" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B58" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B59" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B60" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B61" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B62" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B63" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B64" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B65" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B66" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B67" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B68" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="B69" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B70" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B71" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B72" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B73" t="s">
+        <v>195</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="B74" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B75" t="s">
         <v>201</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
+        <v>203</v>
+      </c>
+      <c r="B76" t="s">
+        <v>204</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
+        <v>206</v>
+      </c>
+      <c r="B77" t="s">
+        <v>207</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B78" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B79" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B80" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B81" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="B82" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B83" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B84" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B85" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="B86" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="B87" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="B88" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B89" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="B90" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B91" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="B92" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="B93" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B94" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B95" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="B96" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="B97" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B98" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="B99" t="s">
+        <v>271</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B100" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
         <v>276</v>
       </c>
       <c r="B101" t="s">
         <v>277</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
+        <v>279</v>
+      </c>
+      <c r="B102" t="s">
         <v>280</v>
       </c>
-      <c r="B102" t="s">
+      <c r="C102" s="1" t="s">
         <v>281</v>
-      </c>
-[...12 lines deleted...]
-        <v>285</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -2471,51 +2448,50 @@
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
     <hyperlink ref="C101" r:id="rId_hyperlink_100"/>
     <hyperlink ref="C102" r:id="rId_hyperlink_101"/>
-    <hyperlink ref="C103" r:id="rId_hyperlink_102"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>