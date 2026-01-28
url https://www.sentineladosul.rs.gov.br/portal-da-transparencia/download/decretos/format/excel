--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -12,67 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>DECRETO N°1312/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>DECRETO N°1311/2025</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>DECRETO N°1310/2025</t>
+  </si>
+  <si>
+    <t>DECRETO N°1309/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>DECRETO N°1308/2025</t>
+  </si>
+  <si>
+    <t>DECRETO N°1307/2025</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
     <t>DECRETO N°1305/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
+    <t>DECRETO N°1304/2025</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
     <t>DECRETO N°1302/2025</t>
   </si>
   <si>
     <t>18/11/2025</t>
   </si>
   <si>
     <t>DECRETO N°1302</t>
   </si>
   <si>
     <t>DECRETO N°1301/2025</t>
   </si>
   <si>
     <t>12/11/2025</t>
   </si>
   <si>
     <t>DECRETO N°1299/2025</t>
   </si>
   <si>
     <t>03/11/2025</t>
   </si>
   <si>
     <t>DECRETO N°1298/2025</t>
   </si>
   <si>
     <t>27/10/2025</t>
@@ -795,113 +831,50 @@
     <t>DECRETO Nº 1204/2023</t>
   </si>
   <si>
     <t>04/10/2023</t>
   </si>
   <si>
     <t>Decreto nº 1204-2023 Ponto facultativo.pdf</t>
   </si>
   <si>
     <t>DECRETO Nº 1203/2023</t>
   </si>
   <si>
     <t>27/09/2023</t>
   </si>
   <si>
     <t>Decreto nº 1203-2023 declara situação e.pdf</t>
   </si>
   <si>
     <t>DECRETO Nº 1202/2023</t>
   </si>
   <si>
     <t>26/09/2023</t>
   </si>
   <si>
     <t>Decreto nº 1202-2023 suspende as aulas na rede municipal de ensino.pdf</t>
-  </si>
-[...61 lines deleted...]
-    <t>Decreto n° 1195 - 2023.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1207,1186 +1180,1186 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/697942/images/original/decretos 1305.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682740/images/original/decreto 1302.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/681793/images/original/img20251117_08314767.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/681999/images/original/1299.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/675057/images/original/decreto1298_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668488/images/original/decreto 1296.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665833/images/original/decreto n&#176;1295.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665829/images/original/decreto 1294.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665805/images/original/decreto 1293_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658634/images/original/decreto n 1292_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658582/images/original/decreto 1291_2025 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/638815/images/original/Decreto n&#186; 1289-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/638814/images/original/Decreto n&#186; 1288-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/628839/images/original/decreto 1286.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627655/images/original/Decreto n&#186; 1285-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627651/images/original/Decreto n&#186; 1284-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619416/images/original/Decreto n&#186; 1282-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619413/images/original/Decreto n&#186; 1281-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607144/images/original/Decreto n&#186; 1280-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/599949/images/original/Decreto n&#186; 1278-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598007/images/original/Decreto 1277-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598011/images/original/Decreto 1276-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589594/images/original/Decreto 1274.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/590410/images/original/Decreto 1273-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/590382/images/original/Decreto 1272-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587963/images/original/Decreto 1271-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607136/images/original/Decreto n&#186; 1270-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589588/images/original/Decreto 1269-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/557341/images/original/Decreto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607133/images/original/Decreto n&#186; 1267-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587956/images/original/Decreto 1266-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/551300/images/original/DECRETO N&#186; 1265-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587949/images/original/Decreto 1264-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607127/images/original/Decreto n&#186; 1263-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587933/images/original/Decreto 1262-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587924/images/original/Decreto 1261-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587911/images/original/Decreto 1260-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587907/images/original/Decreto 1259-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/525333/images/original/Decreto 1258  - feriado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/522155/images/original/Decreto 1257 - ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587903/images/original/Decreto 1256-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587901/images/original/Decreto 1255-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587895/images/original/Decreto 1254-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511414/images/original/Decreto n&#186; 1253 - Confer&#234;ncia do Meio Ambiente.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511815/images/original/Decreto n&#186; 1252 - Institui normas para gest&#227;o e fiscaliza&#231;&#227;o de contratos para aquisi&#231;&#227;o de bens e contrata&#231;&#227;o de servi&#231;os em geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/510333/images/original/Decreto n&#186; 1251 - nomea&#231;&#227;o dos membros do Conselho Municipal de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508375/images/original/Decreto n&#186; 1250-2024 Decreta Ponto Facultativo Natal e Ano Novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508387/images/original/Decreto n&#186; 1249 - Disp&#245;e sobre anula&#231;&#227;o de ato administrativo que concedeu licen&#231;a maternidade de 180 dias sem previs&#227;o legal e d&#225; outras provid&#234;ncias..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508390/images/original/Decreto n&#186; 1247 - Programa&#231;&#227;o Financeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511730/images/original/2 Programa&#231;&#227;o Financeira da Receita Bimestral 2025.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511731/images/original/3 Cronograma de Execu&#231;&#227;o Mensal de Desembolso 2025.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/498448/images/original/Decreto n&#186; 1246-2024 altera a reda&#231;&#227;o do art. 2&#186; do Decreto Municipal n&#186; 1243.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/498389/images/original/Decreto n&#186; 1245 - referente a lei 1518.22 - honor&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512263/images/original/Decreto n&#176; 1244 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/494484/images/original/Decreto n&#186; 1243-2024 - Transi&#231;&#227;o de mandato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/493805/images/original/Decreto n&#186; 1242-2024 Ponto Facultativo Dia do Servidor P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492169/images/original/Decreto n&#186; 1241-2024 revoga decreto 1219.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512262/images/original/Decreto n&#176; 1240 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512259/images/original/Decreto n&#176; 1239 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512258/images/original/Decreto n&#176; 1238 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/470871/images/original/Decreto n&#186; 1237 - 2024 regulamenta a Lei 1587 nota fiscal de servi&#231;o eletr&#244;nica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/469666/images/original/Decreto n&#186; 1236-2024 define as Inst&#226;ncias de Julgamento Administrativo da Vigil&#226;ncia Sanit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512257/images/original/Decreto n&#176; 1235 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/467152/images/original/Decreto n&#186; 1234-2024 disp&#245;e acerca das condutas vedadas aos agentes p&#250;blicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/458175/images/original/Decreto n&#186; 1233 Disciplina o parcelamento dos cr&#233;ditos tribut&#225;rios institu&#237;do pelo art. 113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512255/images/original/Decreto n&#176; 1232 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/452089/images/original/Decreto n&#186; 1231-2024 Ponto Facultativo Corpus Christi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/449289/images/original/Decreto n&#186; 1230-2024 Disp&#245;e acerca da Documenta&#231;&#227;o de Habilita&#231;&#227;o exigida pelos Editais de Licita&#231;&#227;o no atual cen&#225;rio de Calamidade P&#250;blica e d&#225; outras provid&#234;ncias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512254/images/original/Decreto n&#176; 1229 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447930/images/original/Decreto n&#186; 1228 suspens&#227;o das aulas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447231/images/original/Decreto n&#186; 1227 declara situa&#231;&#227;o de emerg&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447071/images/original/Decreto n&#186; 1226-2024 Disp&#245;e sobre a implanta&#231;&#227;o da pol&#237;tica de Educa&#231;&#227;o Integral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447069/images/original/Decreto n&#186; 1225-2024 Disp&#245;e sobre a revoga&#231;&#227;o do Decreto Municipal n&#186; 1222.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512252/images/original/Decreto n&#176; 1224 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512250/images/original/Decreto n&#176; 1223 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/410955/images/original/Decreto n&#186; 1222-2024 prorroga validade do Concurso P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/411866/images/original/Decreto n&#186; 1221-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409837/images/original/Decreto n&#186; 1220-2024 Disp&#245;e sobre a dispensa de parecer jur&#237;dico pelo Departamento Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409835/images/original/Decreto n&#186; 1219-2024 regulamenta o art. 95 da Lei Federal n&#186; 14.1332021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406837/images/original/Decreto n&#186; 1218-2024 transfere feriado municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406816/images/original/Decreto n&#186; 1217-2024 Homologa conv&#234;nio permuta professoras Sandra e Genize.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512249/images/original/Decreto n&#176; 1216 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/397342/images/original/Decreto n&#186; 1215-2024 ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/396804/images/original/Decreto n&#186; 1214-2024 valoriza&#231;&#227;o da comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512248/images/original/Decreto n&#176; 1213 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512266/images/original/Decreto 1212-2023 Suplementa dota&#231;&#227;o or&#231;ament&#225;ria no valor de R$ 1.332.836,42..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367577/images/original/Decreto n&#186; 1210 regulamenta a Lei Federal n&#186; 14.133-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367020/images/original/Decreto n&#186; 1209-2023 Institui o Programa de Recupera&#231;&#227;o de D&#233;bitos Decorrentes dos Programas Habitacionais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/355425/images/original/Decreto n&#186; 1207-2023 ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/351135/images/original/Decreto n&#186; 1206 - estebelece o valor de cobran&#231;a pelo uso do Laranj&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512313/images/original/Decreto n&#176; 1205-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/343041/images/original/Decreto n&#186; 1204-2023 Ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/342778/images/original/Decreto n&#186; 1203-2023 declara situa&#231;&#227;o e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/341180/images/original/Decreto n&#186; 1202-2023  suspende as aulas na rede municipal de ensino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512312/images/original/Decreto n&#176; 1201 - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/333026/images/original/Decreto n&#186; 1200-2023 Suspende as aulas na rede municipal de ensino.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/323420/images/original/Decreto n&#186; 1199-2023 declara situa&#231;&#227;o excepcional de interven&#231;&#227;o humanit&#225;ria do Munic&#237;pio.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/322046/images/original/Decreto n&#186; 1198-2023 ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512311/images/original/Decreto n&#176; 1197 - 2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/314165/images/original/Decreto Municipal n&#186; 1196 -2023 Regulamenta o sistema de compensa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512310/images/original/Decreto n&#176; 1195 - 2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717880/images/original/1312 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711402/images/original/1311.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708967/images/original/Decreto n&#186; 1310.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711401/images/original/1309.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711400/images/original/1308.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711397/images/original/1307.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/697942/images/original/decretos 1305.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711391/images/original/1304.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682740/images/original/decreto 1302.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/681793/images/original/img20251117_08314767.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/681999/images/original/1299.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/675057/images/original/decreto1298_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668488/images/original/decreto 1296.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665833/images/original/decreto n&#176;1295.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665829/images/original/decreto 1294.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665805/images/original/decreto 1293_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658634/images/original/decreto n 1292_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658582/images/original/decreto 1291_2025 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/638815/images/original/Decreto n&#186; 1289-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/638814/images/original/Decreto n&#186; 1288-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/628839/images/original/decreto 1286.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627655/images/original/Decreto n&#186; 1285-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627651/images/original/Decreto n&#186; 1284-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619416/images/original/Decreto n&#186; 1282-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619413/images/original/Decreto n&#186; 1281-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607144/images/original/Decreto n&#186; 1280-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/599949/images/original/Decreto n&#186; 1278-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598007/images/original/Decreto 1277-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598011/images/original/Decreto 1276-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589594/images/original/Decreto 1274.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/590410/images/original/Decreto 1273-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/590382/images/original/Decreto 1272-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587963/images/original/Decreto 1271-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607136/images/original/Decreto n&#186; 1270-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589588/images/original/Decreto 1269-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/557341/images/original/Decreto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607133/images/original/Decreto n&#186; 1267-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587956/images/original/Decreto 1266-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/551300/images/original/DECRETO N&#186; 1265-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587949/images/original/Decreto 1264-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607127/images/original/Decreto n&#186; 1263-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587933/images/original/Decreto 1262-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587924/images/original/Decreto 1261-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587911/images/original/Decreto 1260-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587907/images/original/Decreto 1259-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/525333/images/original/Decreto 1258  - feriado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/522155/images/original/Decreto 1257 - ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587903/images/original/Decreto 1256-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587901/images/original/Decreto 1255-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587895/images/original/Decreto 1254-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511414/images/original/Decreto n&#186; 1253 - Confer&#234;ncia do Meio Ambiente.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511815/images/original/Decreto n&#186; 1252 - Institui normas para gest&#227;o e fiscaliza&#231;&#227;o de contratos para aquisi&#231;&#227;o de bens e contrata&#231;&#227;o de servi&#231;os em geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/510333/images/original/Decreto n&#186; 1251 - nomea&#231;&#227;o dos membros do Conselho Municipal de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508375/images/original/Decreto n&#186; 1250-2024 Decreta Ponto Facultativo Natal e Ano Novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508387/images/original/Decreto n&#186; 1249 - Disp&#245;e sobre anula&#231;&#227;o de ato administrativo que concedeu licen&#231;a maternidade de 180 dias sem previs&#227;o legal e d&#225; outras provid&#234;ncias..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508390/images/original/Decreto n&#186; 1247 - Programa&#231;&#227;o Financeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511730/images/original/2 Programa&#231;&#227;o Financeira da Receita Bimestral 2025.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511731/images/original/3 Cronograma de Execu&#231;&#227;o Mensal de Desembolso 2025.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/498448/images/original/Decreto n&#186; 1246-2024 altera a reda&#231;&#227;o do art. 2&#186; do Decreto Municipal n&#186; 1243.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/498389/images/original/Decreto n&#186; 1245 - referente a lei 1518.22 - honor&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512263/images/original/Decreto n&#176; 1244 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/494484/images/original/Decreto n&#186; 1243-2024 - Transi&#231;&#227;o de mandato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/493805/images/original/Decreto n&#186; 1242-2024 Ponto Facultativo Dia do Servidor P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492169/images/original/Decreto n&#186; 1241-2024 revoga decreto 1219.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512262/images/original/Decreto n&#176; 1240 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512259/images/original/Decreto n&#176; 1239 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512258/images/original/Decreto n&#176; 1238 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/470871/images/original/Decreto n&#186; 1237 - 2024 regulamenta a Lei 1587 nota fiscal de servi&#231;o eletr&#244;nica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/469666/images/original/Decreto n&#186; 1236-2024 define as Inst&#226;ncias de Julgamento Administrativo da Vigil&#226;ncia Sanit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512257/images/original/Decreto n&#176; 1235 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/467152/images/original/Decreto n&#186; 1234-2024 disp&#245;e acerca das condutas vedadas aos agentes p&#250;blicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/458175/images/original/Decreto n&#186; 1233 Disciplina o parcelamento dos cr&#233;ditos tribut&#225;rios institu&#237;do pelo art. 113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512255/images/original/Decreto n&#176; 1232 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/452089/images/original/Decreto n&#186; 1231-2024 Ponto Facultativo Corpus Christi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/449289/images/original/Decreto n&#186; 1230-2024 Disp&#245;e acerca da Documenta&#231;&#227;o de Habilita&#231;&#227;o exigida pelos Editais de Licita&#231;&#227;o no atual cen&#225;rio de Calamidade P&#250;blica e d&#225; outras provid&#234;ncias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512254/images/original/Decreto n&#176; 1229 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447930/images/original/Decreto n&#186; 1228 suspens&#227;o das aulas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447231/images/original/Decreto n&#186; 1227 declara situa&#231;&#227;o de emerg&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447071/images/original/Decreto n&#186; 1226-2024 Disp&#245;e sobre a implanta&#231;&#227;o da pol&#237;tica de Educa&#231;&#227;o Integral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447069/images/original/Decreto n&#186; 1225-2024 Disp&#245;e sobre a revoga&#231;&#227;o do Decreto Municipal n&#186; 1222.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512252/images/original/Decreto n&#176; 1224 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512250/images/original/Decreto n&#176; 1223 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/410955/images/original/Decreto n&#186; 1222-2024 prorroga validade do Concurso P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/411866/images/original/Decreto n&#186; 1221-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409837/images/original/Decreto n&#186; 1220-2024 Disp&#245;e sobre a dispensa de parecer jur&#237;dico pelo Departamento Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409835/images/original/Decreto n&#186; 1219-2024 regulamenta o art. 95 da Lei Federal n&#186; 14.1332021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406837/images/original/Decreto n&#186; 1218-2024 transfere feriado municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406816/images/original/Decreto n&#186; 1217-2024 Homologa conv&#234;nio permuta professoras Sandra e Genize.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512249/images/original/Decreto n&#176; 1216 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/397342/images/original/Decreto n&#186; 1215-2024 ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/396804/images/original/Decreto n&#186; 1214-2024 valoriza&#231;&#227;o da comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512248/images/original/Decreto n&#176; 1213 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512266/images/original/Decreto 1212-2023 Suplementa dota&#231;&#227;o or&#231;ament&#225;ria no valor de R$ 1.332.836,42..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367577/images/original/Decreto n&#186; 1210 regulamenta a Lei Federal n&#186; 14.133-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367020/images/original/Decreto n&#186; 1209-2023 Institui o Programa de Recupera&#231;&#227;o de D&#233;bitos Decorrentes dos Programas Habitacionais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/355425/images/original/Decreto n&#186; 1207-2023 ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/351135/images/original/Decreto n&#186; 1206 - estebelece o valor de cobran&#231;a pelo uso do Laranj&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512313/images/original/Decreto n&#176; 1205-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/343041/images/original/Decreto n&#186; 1204-2023 Ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/342778/images/original/Decreto n&#186; 1203-2023 declara situa&#231;&#227;o e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/341180/images/original/Decreto n&#186; 1202-2023  suspende as aulas na rede municipal de ensino.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C102" sqref="C102"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B11" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B14" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="B16" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="B18" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="B19" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B20" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="B28" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="B29" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="B30" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="B31" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="B33" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="B34" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="B35" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="B36" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B37" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="B38" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="B39" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="B40" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="B41" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B42" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="B43" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B44" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B45" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B46" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="B47" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="B48" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="B49" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="B50" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B51" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
+        <v>127</v>
+      </c>
+      <c r="B52" t="s">
+        <v>128</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B53" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B54" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="B55" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="B56" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="B57" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="B58" t="s">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="B59" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="B60" t="s">
-        <v>156</v>
+        <v>147</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="B61" t="s">
-        <v>159</v>
+        <v>150</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="B62" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="B63" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="B64" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="B65" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="B66" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="B67" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="B68" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="B69" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="B70" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="B71" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="B72" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="B73" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="B74" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="B75" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="B76" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="B77" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="B78" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="B79" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="B80" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="B81" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="B82" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="B83" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="B84" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="B85" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="B86" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="B87" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>236</v>
+        <v>227</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="B88" t="s">
-        <v>238</v>
+        <v>229</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="B89" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>243</v>
+        <v>234</v>
       </c>
       <c r="B90" t="s">
-        <v>244</v>
+        <v>235</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="B91" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="B92" t="s">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="B93" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="B94" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="B95" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>260</v>
+        <v>251</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="B96" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="B97" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>266</v>
+        <v>257</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
       <c r="B98" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="B99" t="s">
-        <v>271</v>
+        <v>262</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>272</v>
+        <v>263</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="B100" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>275</v>
+        <v>266</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>276</v>
+        <v>267</v>
       </c>
       <c r="B101" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="B102" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>