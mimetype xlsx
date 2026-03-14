--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -12,61 +12,85 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>DECRETO N°1318/2026</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>DECRETO N°1316/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>DECRETO N°1315/2026</t>
+  </si>
+  <si>
+    <t>DECRETO N°1314/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>DECRETO N°1313/2026</t>
+  </si>
+  <si>
     <t>DECRETO N°1312/2025</t>
   </si>
   <si>
     <t>30/12/2025</t>
   </si>
   <si>
     <t>DECRETO N°1311/2025</t>
   </si>
   <si>
     <t>22/12/2025</t>
   </si>
   <si>
     <t>DECRETO N°1310/2025</t>
   </si>
   <si>
     <t>DECRETO N°1309/2025</t>
   </si>
   <si>
     <t>18/12/2025</t>
   </si>
   <si>
     <t>DECRETO N°1308/2025</t>
   </si>
   <si>
     <t>DECRETO N°1307/2025</t>
@@ -786,95 +810,50 @@
     <t>DECRETO Nº 1210/2023</t>
   </si>
   <si>
     <t>16/11/2023</t>
   </si>
   <si>
     <t>Decreto nº 1210 regulamenta a Lei Federal nº 14.133-2021.pdf</t>
   </si>
   <si>
     <t>DECRETO Nº 1209/2023</t>
   </si>
   <si>
     <t>14/11/2023</t>
   </si>
   <si>
     <t>Decreto nº 1209-2023 Institui o Programa de Recuperação de Débitos Decorrentes dos Programas Habitacionais.pdf</t>
   </si>
   <si>
     <t>DECRETO Nº 1207/2023</t>
   </si>
   <si>
     <t>31/10/2023</t>
   </si>
   <si>
     <t>Decreto nº 1207-2023 ponto facultativo.pdf</t>
-  </si>
-[...43 lines deleted...]
-    <t>Decreto nº 1202-2023 suspende as aulas na rede municipal de ensino.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1180,51 +1159,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717880/images/original/1312 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711402/images/original/1311.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708967/images/original/Decreto n&#186; 1310.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711401/images/original/1309.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711400/images/original/1308.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711397/images/original/1307.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/697942/images/original/decretos 1305.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711391/images/original/1304.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682740/images/original/decreto 1302.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/681793/images/original/img20251117_08314767.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/681999/images/original/1299.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/675057/images/original/decreto1298_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668488/images/original/decreto 1296.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665833/images/original/decreto n&#176;1295.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665829/images/original/decreto 1294.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665805/images/original/decreto 1293_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658634/images/original/decreto n 1292_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658582/images/original/decreto 1291_2025 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/638815/images/original/Decreto n&#186; 1289-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/638814/images/original/Decreto n&#186; 1288-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/628839/images/original/decreto 1286.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627655/images/original/Decreto n&#186; 1285-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627651/images/original/Decreto n&#186; 1284-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619416/images/original/Decreto n&#186; 1282-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619413/images/original/Decreto n&#186; 1281-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607144/images/original/Decreto n&#186; 1280-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/599949/images/original/Decreto n&#186; 1278-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598007/images/original/Decreto 1277-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598011/images/original/Decreto 1276-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589594/images/original/Decreto 1274.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/590410/images/original/Decreto 1273-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/590382/images/original/Decreto 1272-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587963/images/original/Decreto 1271-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607136/images/original/Decreto n&#186; 1270-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589588/images/original/Decreto 1269-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/557341/images/original/Decreto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607133/images/original/Decreto n&#186; 1267-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587956/images/original/Decreto 1266-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/551300/images/original/DECRETO N&#186; 1265-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587949/images/original/Decreto 1264-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607127/images/original/Decreto n&#186; 1263-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587933/images/original/Decreto 1262-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587924/images/original/Decreto 1261-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587911/images/original/Decreto 1260-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587907/images/original/Decreto 1259-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/525333/images/original/Decreto 1258  - feriado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/522155/images/original/Decreto 1257 - ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587903/images/original/Decreto 1256-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587901/images/original/Decreto 1255-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587895/images/original/Decreto 1254-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511414/images/original/Decreto n&#186; 1253 - Confer&#234;ncia do Meio Ambiente.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511815/images/original/Decreto n&#186; 1252 - Institui normas para gest&#227;o e fiscaliza&#231;&#227;o de contratos para aquisi&#231;&#227;o de bens e contrata&#231;&#227;o de servi&#231;os em geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/510333/images/original/Decreto n&#186; 1251 - nomea&#231;&#227;o dos membros do Conselho Municipal de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508375/images/original/Decreto n&#186; 1250-2024 Decreta Ponto Facultativo Natal e Ano Novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508387/images/original/Decreto n&#186; 1249 - Disp&#245;e sobre anula&#231;&#227;o de ato administrativo que concedeu licen&#231;a maternidade de 180 dias sem previs&#227;o legal e d&#225; outras provid&#234;ncias..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508390/images/original/Decreto n&#186; 1247 - Programa&#231;&#227;o Financeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511730/images/original/2 Programa&#231;&#227;o Financeira da Receita Bimestral 2025.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511731/images/original/3 Cronograma de Execu&#231;&#227;o Mensal de Desembolso 2025.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/498448/images/original/Decreto n&#186; 1246-2024 altera a reda&#231;&#227;o do art. 2&#186; do Decreto Municipal n&#186; 1243.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/498389/images/original/Decreto n&#186; 1245 - referente a lei 1518.22 - honor&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512263/images/original/Decreto n&#176; 1244 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/494484/images/original/Decreto n&#186; 1243-2024 - Transi&#231;&#227;o de mandato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/493805/images/original/Decreto n&#186; 1242-2024 Ponto Facultativo Dia do Servidor P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492169/images/original/Decreto n&#186; 1241-2024 revoga decreto 1219.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512262/images/original/Decreto n&#176; 1240 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512259/images/original/Decreto n&#176; 1239 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512258/images/original/Decreto n&#176; 1238 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/470871/images/original/Decreto n&#186; 1237 - 2024 regulamenta a Lei 1587 nota fiscal de servi&#231;o eletr&#244;nica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/469666/images/original/Decreto n&#186; 1236-2024 define as Inst&#226;ncias de Julgamento Administrativo da Vigil&#226;ncia Sanit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512257/images/original/Decreto n&#176; 1235 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/467152/images/original/Decreto n&#186; 1234-2024 disp&#245;e acerca das condutas vedadas aos agentes p&#250;blicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/458175/images/original/Decreto n&#186; 1233 Disciplina o parcelamento dos cr&#233;ditos tribut&#225;rios institu&#237;do pelo art. 113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512255/images/original/Decreto n&#176; 1232 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/452089/images/original/Decreto n&#186; 1231-2024 Ponto Facultativo Corpus Christi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/449289/images/original/Decreto n&#186; 1230-2024 Disp&#245;e acerca da Documenta&#231;&#227;o de Habilita&#231;&#227;o exigida pelos Editais de Licita&#231;&#227;o no atual cen&#225;rio de Calamidade P&#250;blica e d&#225; outras provid&#234;ncias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512254/images/original/Decreto n&#176; 1229 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447930/images/original/Decreto n&#186; 1228 suspens&#227;o das aulas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447231/images/original/Decreto n&#186; 1227 declara situa&#231;&#227;o de emerg&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447071/images/original/Decreto n&#186; 1226-2024 Disp&#245;e sobre a implanta&#231;&#227;o da pol&#237;tica de Educa&#231;&#227;o Integral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447069/images/original/Decreto n&#186; 1225-2024 Disp&#245;e sobre a revoga&#231;&#227;o do Decreto Municipal n&#186; 1222.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512252/images/original/Decreto n&#176; 1224 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512250/images/original/Decreto n&#176; 1223 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/410955/images/original/Decreto n&#186; 1222-2024 prorroga validade do Concurso P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/411866/images/original/Decreto n&#186; 1221-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409837/images/original/Decreto n&#186; 1220-2024 Disp&#245;e sobre a dispensa de parecer jur&#237;dico pelo Departamento Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409835/images/original/Decreto n&#186; 1219-2024 regulamenta o art. 95 da Lei Federal n&#186; 14.1332021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406837/images/original/Decreto n&#186; 1218-2024 transfere feriado municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406816/images/original/Decreto n&#186; 1217-2024 Homologa conv&#234;nio permuta professoras Sandra e Genize.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512249/images/original/Decreto n&#176; 1216 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/397342/images/original/Decreto n&#186; 1215-2024 ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/396804/images/original/Decreto n&#186; 1214-2024 valoriza&#231;&#227;o da comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512248/images/original/Decreto n&#176; 1213 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512266/images/original/Decreto 1212-2023 Suplementa dota&#231;&#227;o or&#231;ament&#225;ria no valor de R$ 1.332.836,42..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367577/images/original/Decreto n&#186; 1210 regulamenta a Lei Federal n&#186; 14.133-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367020/images/original/Decreto n&#186; 1209-2023 Institui o Programa de Recupera&#231;&#227;o de D&#233;bitos Decorrentes dos Programas Habitacionais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/355425/images/original/Decreto n&#186; 1207-2023 ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/351135/images/original/Decreto n&#186; 1206 - estebelece o valor de cobran&#231;a pelo uso do Laranj&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512313/images/original/Decreto n&#176; 1205-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/343041/images/original/Decreto n&#186; 1204-2023 Ponto facultativo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/342778/images/original/Decreto n&#186; 1203-2023 declara situa&#231;&#227;o e.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/341180/images/original/Decreto n&#186; 1202-2023  suspende as aulas na rede municipal de ensino.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/730621/images/original/Decreto 1818.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/728950/images/original/Decreto1316.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/728947/images/original/Decreto1315.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/728943/images/original/Decreto n&#176;1314.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/728941/images/original/Decreto n&#176;1313 .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717880/images/original/1312 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711402/images/original/1311.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/708967/images/original/Decreto n&#186; 1310.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711401/images/original/1309.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711400/images/original/1308.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711397/images/original/1307.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/697942/images/original/decretos 1305.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711391/images/original/1304.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682740/images/original/decreto 1302.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/681793/images/original/img20251117_08314767.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/681999/images/original/1299.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/675057/images/original/decreto1298_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668488/images/original/decreto 1296.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665833/images/original/decreto n&#176;1295.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665829/images/original/decreto 1294.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/665805/images/original/decreto 1293_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658634/images/original/decreto n 1292_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658582/images/original/decreto 1291_2025 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/638815/images/original/Decreto n&#186; 1289-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/638814/images/original/Decreto n&#186; 1288-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/628839/images/original/decreto 1286.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627655/images/original/Decreto n&#186; 1285-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/627651/images/original/Decreto n&#186; 1284-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619416/images/original/Decreto n&#186; 1282-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/619413/images/original/Decreto n&#186; 1281-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607144/images/original/Decreto n&#186; 1280-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/599949/images/original/Decreto n&#186; 1278-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598007/images/original/Decreto 1277-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598011/images/original/Decreto 1276-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589594/images/original/Decreto 1274.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/590410/images/original/Decreto 1273-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/590382/images/original/Decreto 1272-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587963/images/original/Decreto 1271-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607136/images/original/Decreto n&#186; 1270-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589588/images/original/Decreto 1269-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/557341/images/original/Decreto.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607133/images/original/Decreto n&#186; 1267-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587956/images/original/Decreto 1266-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/551300/images/original/DECRETO N&#186; 1265-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587949/images/original/Decreto 1264-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/607127/images/original/Decreto n&#186; 1263-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587933/images/original/Decreto 1262-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587924/images/original/Decreto 1261-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587911/images/original/Decreto 1260-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587907/images/original/Decreto 1259-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/525333/images/original/Decreto 1258  - feriado (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/522155/images/original/Decreto 1257 - ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587903/images/original/Decreto 1256-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587901/images/original/Decreto 1255-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587895/images/original/Decreto 1254-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511414/images/original/Decreto n&#186; 1253 - Confer&#234;ncia do Meio Ambiente.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511815/images/original/Decreto n&#186; 1252 - Institui normas para gest&#227;o e fiscaliza&#231;&#227;o de contratos para aquisi&#231;&#227;o de bens e contrata&#231;&#227;o de servi&#231;os em geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/510333/images/original/Decreto n&#186; 1251 - nomea&#231;&#227;o dos membros do Conselho Municipal de Sa&#250;de.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508375/images/original/Decreto n&#186; 1250-2024 Decreta Ponto Facultativo Natal e Ano Novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508387/images/original/Decreto n&#186; 1249 - Disp&#245;e sobre anula&#231;&#227;o de ato administrativo que concedeu licen&#231;a maternidade de 180 dias sem previs&#227;o legal e d&#225; outras provid&#234;ncias..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/508390/images/original/Decreto n&#186; 1247 - Programa&#231;&#227;o Financeira.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511730/images/original/2 Programa&#231;&#227;o Financeira da Receita Bimestral 2025.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511731/images/original/3 Cronograma de Execu&#231;&#227;o Mensal de Desembolso 2025.xlsx" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/498448/images/original/Decreto n&#186; 1246-2024 altera a reda&#231;&#227;o do art. 2&#186; do Decreto Municipal n&#186; 1243.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/498389/images/original/Decreto n&#186; 1245 - referente a lei 1518.22 - honor&#225;rios.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512263/images/original/Decreto n&#176; 1244 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/494484/images/original/Decreto n&#186; 1243-2024 - Transi&#231;&#227;o de mandato.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/493805/images/original/Decreto n&#186; 1242-2024 Ponto Facultativo Dia do Servidor P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492169/images/original/Decreto n&#186; 1241-2024 revoga decreto 1219.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512262/images/original/Decreto n&#176; 1240 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512259/images/original/Decreto n&#176; 1239 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512258/images/original/Decreto n&#176; 1238 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/470871/images/original/Decreto n&#186; 1237 - 2024 regulamenta a Lei 1587 nota fiscal de servi&#231;o eletr&#244;nica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/469666/images/original/Decreto n&#186; 1236-2024 define as Inst&#226;ncias de Julgamento Administrativo da Vigil&#226;ncia Sanit&#225;ria.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512257/images/original/Decreto n&#176; 1235 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/467152/images/original/Decreto n&#186; 1234-2024 disp&#245;e acerca das condutas vedadas aos agentes p&#250;blicos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/458175/images/original/Decreto n&#186; 1233 Disciplina o parcelamento dos cr&#233;ditos tribut&#225;rios institu&#237;do pelo art. 113.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512255/images/original/Decreto n&#176; 1232 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/452089/images/original/Decreto n&#186; 1231-2024 Ponto Facultativo Corpus Christi.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/449289/images/original/Decreto n&#186; 1230-2024 Disp&#245;e acerca da Documenta&#231;&#227;o de Habilita&#231;&#227;o exigida pelos Editais de Licita&#231;&#227;o no atual cen&#225;rio de Calamidade P&#250;blica e d&#225; outras provid&#234;ncias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512254/images/original/Decreto n&#176; 1229 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447930/images/original/Decreto n&#186; 1228 suspens&#227;o das aulas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447231/images/original/Decreto n&#186; 1227 declara situa&#231;&#227;o de emerg&#234;ncia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447071/images/original/Decreto n&#186; 1226-2024 Disp&#245;e sobre a implanta&#231;&#227;o da pol&#237;tica de Educa&#231;&#227;o Integral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/447069/images/original/Decreto n&#186; 1225-2024 Disp&#245;e sobre a revoga&#231;&#227;o do Decreto Municipal n&#186; 1222.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512252/images/original/Decreto n&#176; 1224 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512250/images/original/Decreto n&#176; 1223 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/410955/images/original/Decreto n&#186; 1222-2024 prorroga validade do Concurso P&#250;blico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/411866/images/original/Decreto n&#186; 1221-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409837/images/original/Decreto n&#186; 1220-2024 Disp&#245;e sobre a dispensa de parecer jur&#237;dico pelo Departamento Jur&#237;dico.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/409835/images/original/Decreto n&#186; 1219-2024 regulamenta o art. 95 da Lei Federal n&#186; 14.1332021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406837/images/original/Decreto n&#186; 1218-2024 transfere feriado municipal.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/406816/images/original/Decreto n&#186; 1217-2024 Homologa conv&#234;nio permuta professoras Sandra e Genize.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512249/images/original/Decreto n&#176; 1216 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/397342/images/original/Decreto n&#186; 1215-2024 ponto facultativo carnaval.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/396804/images/original/Decreto n&#186; 1214-2024 valoriza&#231;&#227;o da comiss&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512248/images/original/Decreto n&#176; 1213 - 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/512266/images/original/Decreto 1212-2023 Suplementa dota&#231;&#227;o or&#231;ament&#225;ria no valor de R$ 1.332.836,42..pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367577/images/original/Decreto n&#186; 1210 regulamenta a Lei Federal n&#186; 14.133-2021.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/367020/images/original/Decreto n&#186; 1209-2023 Institui o Programa de Recupera&#231;&#227;o de D&#233;bitos Decorrentes dos Programas Habitacionais.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/355425/images/original/Decreto n&#186; 1207-2023 ponto facultativo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C102" sqref="C102"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1289,1077 +1268,1077 @@
         <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
         <v>17</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="1" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B14" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B15" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B16" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B17" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B19" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B20" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="B21" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B22" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="B23" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="B27" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="B28" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="B29" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="B30" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="B31" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="B34" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="B35" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="B36" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="B37" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B38" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="B39" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B40" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="B41" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="B42" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="B43" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="B44" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="B45" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="B46" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="B47" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="B48" t="s">
         <v>114</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B49" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B50" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B51" t="s">
+        <v>122</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B52" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B53" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="B54" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="B55" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B56" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="B57" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B58" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
         <v>141</v>
       </c>
       <c r="B59" t="s">
+        <v>139</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B60" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B61" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B62" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="B63" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="B64" t="s">
-        <v>159</v>
+        <v>150</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="B65" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="B66" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="B67" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="B68" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="B69" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="B70" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="B71" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="B72" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="B73" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="B74" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B75" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="B76" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="B77" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="B78" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="B79" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="B80" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="B81" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="B82" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>214</v>
+        <v>207</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>215</v>
+        <v>208</v>
       </c>
       <c r="B83" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="B84" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="B85" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="B86" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="B87" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B88" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="B89" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="B90" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="B91" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="B92" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="B93" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="B94" t="s">
-        <v>247</v>
+        <v>240</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="B95" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="B96" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="B97" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="B98" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B99" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="B100" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="B101" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="B102" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>