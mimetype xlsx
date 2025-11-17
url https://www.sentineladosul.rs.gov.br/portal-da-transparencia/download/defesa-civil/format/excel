--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -394,51 +394,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/661139/images/original/Lei 1647_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/661140/images/original/Decreto n&#186; 1294-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/661141/images/original/Decreto n&#186; 1292-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/661142/images/original/Ata 001_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/661144/images/original/Regimento Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://xadmin.s3.us-east-2.amazonaws.com/280/DocumentAssets/661146/images/original/Plano de Contig&#234;ncia_Assinado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661139/images/original/Lei 1647_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661140/images/original/Decreto n&#186; 1294-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661141/images/original/Decreto n&#186; 1292-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661142/images/original/Ata 001_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661144/images/original/Regimento Interno.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661146/images/original/Plano de Contig&#234;ncia_Assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C7" sqref="C7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>