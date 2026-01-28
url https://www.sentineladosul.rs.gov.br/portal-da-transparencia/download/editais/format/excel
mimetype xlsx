--- v0 (2025-10-25)
+++ v1 (2026-01-28)
@@ -12,89 +12,125 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>EDITAL N° 001/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>EXTRATO DE EDITAIS DE CHAMAMENTO PÚBLICO - LEI PAULO GUSTAVO</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>EDITAL DE CHAMAMENTO PÚBLICO N° 01/2026 E 02/2026</t>
+  </si>
+  <si>
+    <t>ATA DE AVALIAÇÃO E CLASSIFICAÇÃO - COMISSÃO TÉCNICA</t>
+  </si>
+  <si>
+    <t>EDITAL DE PROCESSO SELETIVO SIMPLIFICADO N° 005/2025</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>EDITAL DE PROCESSO SELETIVO SIMPLIFICADO N°005/2025</t>
+  </si>
+  <si>
+    <t>RELAÇÃO PRELIMINAR DE INSCRITOS</t>
+  </si>
+  <si>
+    <t>RELAÇÃO DA ANÁLISE DOS CORRÍCULOS-RESULTADO PRELIMINAR</t>
+  </si>
+  <si>
+    <t>RALAÇÃO DA ANÁLISE DOS CURRÍCULOS - RESULTADO FINAL</t>
+  </si>
+  <si>
+    <t>CLASSIFICAÇÃO CONFORME CRITÉRIO DESEMPATE DOS CANDIDATOS</t>
+  </si>
+  <si>
+    <t>EDITAL DE HOMOLOGAÇÃO´P</t>
+  </si>
+  <si>
     <t>AUDIÊNCIA PÚBLICA LOA 2026</t>
   </si>
   <si>
     <t>13/10/2025</t>
   </si>
   <si>
     <t>AUDIENCIA LOA 2026</t>
   </si>
   <si>
     <t>EDITAL DE PROCESSO SELETIVO SIMPLIFICADO Nº 004/2025.</t>
   </si>
   <si>
     <t>18/09/2025</t>
   </si>
   <si>
     <t>EDITAL DE PROCESSO SELETIVO SIMPLIFICADO Nº 004/2025</t>
   </si>
   <si>
-    <t>RELAÇÃO PRELIMINAR DE INSCRITOS</t>
-[...1 lines deleted...]
-  <si>
     <t>RELAÇÃO FINAL DE INSCRITOS</t>
   </si>
   <si>
     <t>RELAÇÃO DA ANÁLISE DOS CURRÍCULOS -RESULTADO PRELIMINAR</t>
-  </si>
-[...1 lines deleted...]
-    <t>CLASSIFICAÇÃO CONFORME CRITÉRIO DESEMPATE DOS CANDIDATOS</t>
   </si>
   <si>
     <t>PROCESSO SELETIVO SIMPLIFICADO N°004/2025 EDITAL DE HOMOLOGAÇÃO</t>
   </si>
   <si>
     <t>EDITAL DE AUDIÊNCIA PUBLICA</t>
   </si>
   <si>
     <t>24/06/2025</t>
   </si>
   <si>
     <t>Edital de Audiência Publica</t>
   </si>
   <si>
     <t>EDITAL DE INTIMAÇÃO DO INTERESSADO</t>
   </si>
   <si>
     <t>21/05/2025</t>
   </si>
   <si>
     <t>EDITAL DE PROCESSO SELETIVO SIMPLIFICADO Nº 003/2025.</t>
   </si>
   <si>
     <t>29/04/2025</t>
   </si>
@@ -877,944 +913,1054 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/666050/images/original/AUDIENCIA LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/652543/images/original/Edital de Processo Seletivo Simplificado n&#186; 004-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661697/images/original/Processo Seletivo Simplificado n&#186; 004-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661698/images/original/PROCESSO SELETIVO SIMPLIFICADO N&#176;004_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/664342/images/original/Rela&#231;&#227;o da An&#225;lise dos Curr&#237;culos - Resultado Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/666665/images/original/processo seletivo n4 post agota.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668226/images/original/edital de homologa&#231;&#227;o .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/600256/images/original/Edital de Audi&#234;ncia P&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/583490/images/original/img20250515_15591727 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/557398/images/original/Edital de Processo Seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/579074/images/original/RELA&#199;&#195;O PRELIMINAR DE INSCRITOS (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/583251/images/original/Rela&#231;&#227;o da an&#225;lise dos curr&#237;culos (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589601/images/original/Processo Seletivo Simplificado n&#186; 003-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/593982/images/original/Edital de Homologa&#231;&#227;o (3).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544021/images/original/ilovepdf_merged (18).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/547824/images/original/Rela&#231;&#227;o Preliminar de Inscritos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/551595/images/original/Processo Seletivo Simplificado 002-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/553738/images/original/PROCESSO SELETIVO SIMPLIFICADO 002-2025 (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/555165/images/original/Edital de Homologa&#231;&#227;o.png" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518401/images/original/edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/521307/images/original/Processo Seletivo Simplificado n&#186; 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/523047/images/original/LOCAL DE PROVA RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/523060/images/original/Rela&#231;&#227;o Final de Inscritos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/524551/images/original/Gabarito prova objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/524933/images/original/Rela&#231;&#227;o de An&#225;lise de Curr&#237;culos Processo Seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/526204/images/original/Rela&#231;&#227;o da An&#225;lise dos Curr&#237;culos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/526646/images/original/Classifica&#231;&#227;o Conforme Aplica&#231;&#227;o do Crit&#233;rio de Desempate Previsto no Edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/526944/images/original/Edital de homologa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/419722/images/original/Edital de Pocesso Seletivo Simplificado N&#176; 001-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/382605/images/original/Retifica&#231;&#227;o edital_page-0001.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/382811/images/original/Edital de Processo Seletivo Simplificado n&#186; 003.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/382812/images/original/Retifica&#231;&#227;o edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/293008/images/original/Edital - Processo Seletivo Simplificado n&#176; 002-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282200/images/original/file_20230213_145926.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282198/images/original/file_20221205_185827.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282196/images/original/file_20221017_124742.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282195/images/original/file_20220815_091818.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282193/images/original/file_20220318_185444.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282192/images/original/file_20220304_161102.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282191/images/original/file_20220207_113526.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282190/images/original/file_20220204_180427.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282189/images/original/file_20211025_100221.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282188/images/original/file_20210819_164443.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282186/images/original/file_20210629_172042.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282185/images/original/file_20210316_105919.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282184/images/original/file_20210211_170533.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282183/images/original/file_20210122_195009.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282182/images/original/file_20201203_152824.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282181/images/original/file_20201125_100233.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282180/images/original/file_20201123_162412.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282179/images/original/file_20201007_141550.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282178/images/original/file_20200720_101902.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282177/images/original/file_20200617_143329.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282176/images/original/file_20200604_113421.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282175/images/original/file_20200511_110019.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282174/images/original/file_20200305_160120.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282173/images/original/file_20200206_202548.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282172/images/original/file_20200129_122102.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282171/images/original/file_20200117_145026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282170/images/original/file_20200108_145937.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282169/images/original/file_20200110_144518.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282168/images/original/file_20191024_144834.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282167/images/original/file_20191009_161548.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282166/images/original/file_20190822_140533.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282165/images/original/file_20190822_140424.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282164/images/original/file_20190820_160459.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282163/images/original/file_20190819_133430.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282162/images/original/file_20190806_093558.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282161/images/original/file_20190729_135458.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282160/images/original/file_20190729_134830.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282159/images/original/file_20190716_161159.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282158/images/original/file_20190715_140333.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282157/images/original/file_20190709_105224.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282156/images/original/file_20190625_151436.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282155/images/original/file_20190625_151310.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282154/images/original/file_20190617_153432.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282153/images/original/file_20190410_144839.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282152/images/original/file_20190409_154701.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282151/images/original/file_20181022_153449.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/718235/images/original/EDITAL N&#186; 001 de Diretores 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716980/images/original/EXTRATO DE EDITAIS DE CHAMAMENTO P&#218;BLICO - LEI PAULO GUSTAVO .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/718596/images/original/Edital pt 2 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/724459/images/original/ata de avalia&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/694066/images/original/EDITAL PROCESSO SELETIVO0002.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701207/images/original/RELAC&#195;O PRELIMINAR DE INSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706804/images/original/RELA&#199;&#195;O DA AN&#193;LISE DOS CORRICULOS-RESULTADO PRELIMINAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/713942/images/original/RELA&#199;&#195;O DA AN&#193;LISE DOS CURRICULOS - RESULTADO FINAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/718296/images/original/CLASSIFICA&#199;&#195;O CONFORME DESEMPATE DOS CANDIDATOS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719668/images/original/EDITAL DE HOMOLOGA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/666050/images/original/AUDIENCIA LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/652543/images/original/Edital de Processo Seletivo Simplificado n&#186; 004-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661697/images/original/Processo Seletivo Simplificado n&#186; 004-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661698/images/original/PROCESSO SELETIVO SIMPLIFICADO N&#176;004_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/664342/images/original/Rela&#231;&#227;o da An&#225;lise dos Curr&#237;culos - Resultado Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/666665/images/original/processo seletivo n4 post agota.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668226/images/original/edital de homologa&#231;&#227;o .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/600256/images/original/Edital de Audi&#234;ncia P&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/583490/images/original/img20250515_15591727 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/557398/images/original/Edital de Processo Seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/579074/images/original/RELA&#199;&#195;O PRELIMINAR DE INSCRITOS (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/583251/images/original/Rela&#231;&#227;o da an&#225;lise dos curr&#237;culos (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589601/images/original/Processo Seletivo Simplificado n&#186; 003-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/593982/images/original/Edital de Homologa&#231;&#227;o (3).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544021/images/original/ilovepdf_merged (18).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/547824/images/original/Rela&#231;&#227;o Preliminar de Inscritos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/551595/images/original/Processo Seletivo Simplificado 002-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/553738/images/original/PROCESSO SELETIVO SIMPLIFICADO 002-2025 (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/555165/images/original/Edital de Homologa&#231;&#227;o.png" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518401/images/original/edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/521307/images/original/Processo Seletivo Simplificado n&#186; 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/523047/images/original/LOCAL DE PROVA RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/523060/images/original/Rela&#231;&#227;o Final de Inscritos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/524551/images/original/Gabarito prova objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/524933/images/original/Rela&#231;&#227;o de An&#225;lise de Curr&#237;culos Processo Seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/526204/images/original/Rela&#231;&#227;o da An&#225;lise dos Curr&#237;culos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/526646/images/original/Classifica&#231;&#227;o Conforme Aplica&#231;&#227;o do Crit&#233;rio de Desempate Previsto no Edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/526944/images/original/Edital de homologa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/419722/images/original/Edital de Pocesso Seletivo Simplificado N&#176; 001-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/382605/images/original/Retifica&#231;&#227;o edital_page-0001.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/382811/images/original/Edital de Processo Seletivo Simplificado n&#186; 003.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/382812/images/original/Retifica&#231;&#227;o edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/293008/images/original/Edital - Processo Seletivo Simplificado n&#176; 002-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282200/images/original/file_20230213_145926.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282198/images/original/file_20221205_185827.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282196/images/original/file_20221017_124742.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282195/images/original/file_20220815_091818.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282193/images/original/file_20220318_185444.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282192/images/original/file_20220304_161102.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282191/images/original/file_20220207_113526.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282190/images/original/file_20220204_180427.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282189/images/original/file_20211025_100221.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282188/images/original/file_20210819_164443.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282186/images/original/file_20210629_172042.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282185/images/original/file_20210316_105919.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282184/images/original/file_20210211_170533.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282183/images/original/file_20210122_195009.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282182/images/original/file_20201203_152824.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282181/images/original/file_20201125_100233.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282180/images/original/file_20201123_162412.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282179/images/original/file_20201007_141550.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282178/images/original/file_20200720_101902.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282177/images/original/file_20200617_143329.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282176/images/original/file_20200604_113421.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282175/images/original/file_20200511_110019.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282174/images/original/file_20200305_160120.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282173/images/original/file_20200206_202548.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282172/images/original/file_20200129_122102.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282171/images/original/file_20200117_145026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282170/images/original/file_20200108_145937.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282169/images/original/file_20200110_144518.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282168/images/original/file_20191024_144834.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282167/images/original/file_20191009_161548.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282166/images/original/file_20190822_140533.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282165/images/original/file_20190822_140424.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282164/images/original/file_20190820_160459.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282163/images/original/file_20190819_133430.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282162/images/original/file_20190806_093558.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282161/images/original/file_20190729_135458.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282160/images/original/file_20190729_134830.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282159/images/original/file_20190716_161159.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282158/images/original/file_20190715_140333.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282157/images/original/file_20190709_105224.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282156/images/original/file_20190625_151436.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282155/images/original/file_20190625_151310.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282154/images/original/file_20190617_153432.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282153/images/original/file_20190410_144839.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282152/images/original/file_20190409_154701.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282151/images/original/file_20181022_153449.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C80"/>
+  <dimension ref="A1:C90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C80" sqref="C80"/>
+      <selection activeCell="C90" sqref="C90"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B3" t="s">
         <v>6</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" t="s">
         <v>6</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" s="1" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" t="s">
         <v>6</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="1" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B6" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B8" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="B11" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B13" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B14" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B15" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B16" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B17" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B20" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B21" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B22" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B23" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B24" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B25" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="B26" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="B27" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="B28" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="B29" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
+        <v>37</v>
+      </c>
+      <c r="B30" t="s">
         <v>38</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="1" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>41</v>
       </c>
       <c r="B31" t="s">
         <v>42</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
         <v>41</v>
       </c>
       <c r="B32" t="s">
         <v>42</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>41</v>
       </c>
       <c r="B33" t="s">
         <v>42</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B34" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="B35" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="B36" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="B37" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="B38" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>59</v>
+        <v>41</v>
       </c>
       <c r="B39" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="B40" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="B41" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="B42" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>71</v>
+        <v>53</v>
       </c>
       <c r="B43" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>73</v>
+        <v>57</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="B44" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="B45" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="B46" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>82</v>
+        <v>67</v>
       </c>
       <c r="B47" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="B48" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="B49" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="B50" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="B51" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>95</v>
+        <v>79</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="B52" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="B53" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>101</v>
+        <v>86</v>
       </c>
       <c r="B54" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>101</v>
+        <v>66</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>103</v>
+        <v>88</v>
       </c>
       <c r="B55" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>106</v>
+        <v>91</v>
       </c>
       <c r="B56" t="s">
-        <v>107</v>
+        <v>92</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="B57" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>108</v>
+        <v>66</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="B58" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>113</v>
+        <v>99</v>
       </c>
       <c r="B59" t="s">
-        <v>114</v>
+        <v>100</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>115</v>
+        <v>101</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="B60" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>9</v>
+        <v>104</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="B61" t="s">
-        <v>119</v>
+        <v>106</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="B62" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="B63" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>125</v>
+        <v>111</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="B64" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
       <c r="B65" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>131</v>
+        <v>117</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="B66" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>133</v>
+        <v>90</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="B67" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="B68" t="s">
-        <v>138</v>
+        <v>123</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>139</v>
+        <v>124</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>140</v>
+        <v>125</v>
       </c>
       <c r="B69" t="s">
-        <v>141</v>
+        <v>126</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>143</v>
+        <v>128</v>
       </c>
       <c r="B70" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>145</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="B71" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>148</v>
+        <v>133</v>
       </c>
       <c r="B72" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>150</v>
+        <v>133</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>151</v>
+        <v>135</v>
       </c>
       <c r="B73" t="s">
-        <v>152</v>
+        <v>136</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>153</v>
+        <v>137</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="B74" t="s">
-        <v>155</v>
+        <v>139</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="B75" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>159</v>
+        <v>143</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="B76" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>161</v>
+        <v>145</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>162</v>
+        <v>146</v>
       </c>
       <c r="B77" t="s">
-        <v>163</v>
+        <v>147</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>164</v>
+        <v>148</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>165</v>
+        <v>149</v>
       </c>
       <c r="B78" t="s">
-        <v>166</v>
+        <v>150</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>168</v>
+        <v>152</v>
       </c>
       <c r="B79" t="s">
-        <v>169</v>
+        <v>153</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>168</v>
+        <v>154</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
+        <v>155</v>
+      </c>
+      <c r="B80" t="s">
+        <v>156</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" t="s">
+        <v>158</v>
+      </c>
+      <c r="B81" t="s">
+        <v>156</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" t="s">
+        <v>160</v>
+      </c>
+      <c r="B82" t="s">
+        <v>161</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" t="s">
+        <v>163</v>
+      </c>
+      <c r="B83" t="s">
+        <v>164</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" t="s">
+        <v>166</v>
+      </c>
+      <c r="B84" t="s">
+        <v>167</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" t="s">
+        <v>169</v>
+      </c>
+      <c r="B85" t="s">
         <v>170</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C85" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="C80" s="1" t="s">
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" t="s">
+        <v>172</v>
+      </c>
+      <c r="B86" t="s">
         <v>170</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" t="s">
+        <v>174</v>
+      </c>
+      <c r="B87" t="s">
+        <v>175</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" t="s">
+        <v>177</v>
+      </c>
+      <c r="B88" t="s">
+        <v>178</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" t="s">
+        <v>181</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" t="s">
+        <v>183</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -1854,50 +2000,60 @@
     <hyperlink ref="C56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="C57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="C58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="C59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="C60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="C61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="C62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="C63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="C64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="C65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="C66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="C67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="C68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="C69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="C70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="C71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="C72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="C73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="C74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>