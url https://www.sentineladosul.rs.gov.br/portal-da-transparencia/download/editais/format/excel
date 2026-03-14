--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -12,89 +12,134 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>EDITAL DE RETIFICAÇÃO DE CHAMAMENTO PÚBLICO Nº 002/2026</t>
+  </si>
+  <si>
+    <t>13/03/2026</t>
+  </si>
+  <si>
+    <t>EDITAL DE CHAMAMENTO PÚBLICO Nº 002/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>EDITAL DE CHAMAMENTO PÚBLICO Nº 001/2026 LISTA FINAL DE INSCRITOS HOMOLOGADOS ANÁLISE DE RECURSOS</t>
+  </si>
+  <si>
+    <t>EDITAL DE CHAMAMENTO PÚBLICO Nº 001/2026 LISTA FINAL DOS INSCRITOS HOMOLOGADOS ANÁLISE DE RECURSOS</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>LISTA FINAL DE INSCRITO HOMOLOGADOS ANÁLISE DE RECURSOS</t>
+  </si>
+  <si>
+    <t>EDITAL DE CHAMAMENTO PÚBLICO Nº 001/2026 LISTA DE INSCRITOS</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>EDITAL D CHAMAMENTO PÚBLICO Nº 001/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>EDITAL DE CHAMAMENTO PÚBLICO Nº 001/2026</t>
+  </si>
+  <si>
+    <t>EDITAL DE PROCESSO SELETIVO SIMPLIFICADO Nº 001/2026</t>
+  </si>
+  <si>
+    <t>EDITAL DE PROCESSO SELETIVO SIMPLIFICADO N° 001/2026°</t>
+  </si>
+  <si>
+    <t>RELAÇÃO PRELIMINAR DE INSCRITOS</t>
+  </si>
+  <si>
     <t>EDITAL N° 001/2026</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>EXTRATO DE EDITAIS DE CHAMAMENTO PÚBLICO - LEI PAULO GUSTAVO</t>
   </si>
   <si>
     <t>15/01/2026</t>
   </si>
   <si>
     <t>EDITAL DE CHAMAMENTO PÚBLICO N° 01/2026 E 02/2026</t>
   </si>
   <si>
     <t>ATA DE AVALIAÇÃO E CLASSIFICAÇÃO - COMISSÃO TÉCNICA</t>
   </si>
   <si>
     <t>EDITAL DE PROCESSO SELETIVO SIMPLIFICADO N° 005/2025</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>EDITAL DE PROCESSO SELETIVO SIMPLIFICADO N°005/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>RELAÇÃO PRELIMINAR DE INSCRITOS</t>
   </si>
   <si>
     <t>RELAÇÃO DA ANÁLISE DOS CORRÍCULOS-RESULTADO PRELIMINAR</t>
   </si>
   <si>
     <t>RALAÇÃO DA ANÁLISE DOS CURRÍCULOS - RESULTADO FINAL</t>
   </si>
   <si>
     <t>CLASSIFICAÇÃO CONFORME CRITÉRIO DESEMPATE DOS CANDIDATOS</t>
   </si>
   <si>
     <t>EDITAL DE HOMOLOGAÇÃO´P</t>
   </si>
   <si>
     <t>AUDIÊNCIA PÚBLICA LOA 2026</t>
   </si>
   <si>
     <t>13/10/2025</t>
   </si>
   <si>
     <t>AUDIENCIA LOA 2026</t>
   </si>
   <si>
     <t>EDITAL DE PROCESSO SELETIVO SIMPLIFICADO Nº 004/2025.</t>
   </si>
@@ -913,1054 +958,1142 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/718235/images/original/EDITAL N&#186; 001 de Diretores 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716980/images/original/EXTRATO DE EDITAIS DE CHAMAMENTO P&#218;BLICO - LEI PAULO GUSTAVO .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/718596/images/original/Edital pt 2 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/724459/images/original/ata de avalia&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/694066/images/original/EDITAL PROCESSO SELETIVO0002.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701207/images/original/RELAC&#195;O PRELIMINAR DE INSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706804/images/original/RELA&#199;&#195;O DA AN&#193;LISE DOS CORRICULOS-RESULTADO PRELIMINAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/713942/images/original/RELA&#199;&#195;O DA AN&#193;LISE DOS CURRICULOS - RESULTADO FINAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/718296/images/original/CLASSIFICA&#199;&#195;O CONFORME DESEMPATE DOS CANDIDATOS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719668/images/original/EDITAL DE HOMOLOGA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/666050/images/original/AUDIENCIA LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/652543/images/original/Edital de Processo Seletivo Simplificado n&#186; 004-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661697/images/original/Processo Seletivo Simplificado n&#186; 004-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661698/images/original/PROCESSO SELETIVO SIMPLIFICADO N&#176;004_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/664342/images/original/Rela&#231;&#227;o da An&#225;lise dos Curr&#237;culos - Resultado Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/666665/images/original/processo seletivo n4 post agota.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668226/images/original/edital de homologa&#231;&#227;o .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/600256/images/original/Edital de Audi&#234;ncia P&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/583490/images/original/img20250515_15591727 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/557398/images/original/Edital de Processo Seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/579074/images/original/RELA&#199;&#195;O PRELIMINAR DE INSCRITOS (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/583251/images/original/Rela&#231;&#227;o da an&#225;lise dos curr&#237;culos (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589601/images/original/Processo Seletivo Simplificado n&#186; 003-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/593982/images/original/Edital de Homologa&#231;&#227;o (3).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544021/images/original/ilovepdf_merged (18).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/547824/images/original/Rela&#231;&#227;o Preliminar de Inscritos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/551595/images/original/Processo Seletivo Simplificado 002-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/553738/images/original/PROCESSO SELETIVO SIMPLIFICADO 002-2025 (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/555165/images/original/Edital de Homologa&#231;&#227;o.png" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518401/images/original/edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/521307/images/original/Processo Seletivo Simplificado n&#186; 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/523047/images/original/LOCAL DE PROVA RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/523060/images/original/Rela&#231;&#227;o Final de Inscritos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/524551/images/original/Gabarito prova objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/524933/images/original/Rela&#231;&#227;o de An&#225;lise de Curr&#237;culos Processo Seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/526204/images/original/Rela&#231;&#227;o da An&#225;lise dos Curr&#237;culos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/526646/images/original/Classifica&#231;&#227;o Conforme Aplica&#231;&#227;o do Crit&#233;rio de Desempate Previsto no Edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/526944/images/original/Edital de homologa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/419722/images/original/Edital de Pocesso Seletivo Simplificado N&#176; 001-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/382605/images/original/Retifica&#231;&#227;o edital_page-0001.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/382811/images/original/Edital de Processo Seletivo Simplificado n&#186; 003.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/382812/images/original/Retifica&#231;&#227;o edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/293008/images/original/Edital - Processo Seletivo Simplificado n&#176; 002-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282200/images/original/file_20230213_145926.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282198/images/original/file_20221205_185827.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282196/images/original/file_20221017_124742.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282195/images/original/file_20220815_091818.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282193/images/original/file_20220318_185444.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282192/images/original/file_20220304_161102.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282191/images/original/file_20220207_113526.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282190/images/original/file_20220204_180427.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282189/images/original/file_20211025_100221.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282188/images/original/file_20210819_164443.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282186/images/original/file_20210629_172042.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282185/images/original/file_20210316_105919.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282184/images/original/file_20210211_170533.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282183/images/original/file_20210122_195009.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282182/images/original/file_20201203_152824.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282181/images/original/file_20201125_100233.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282180/images/original/file_20201123_162412.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282179/images/original/file_20201007_141550.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282178/images/original/file_20200720_101902.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282177/images/original/file_20200617_143329.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282176/images/original/file_20200604_113421.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282175/images/original/file_20200511_110019.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282174/images/original/file_20200305_160120.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282173/images/original/file_20200206_202548.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282172/images/original/file_20200129_122102.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282171/images/original/file_20200117_145026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282170/images/original/file_20200108_145937.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282169/images/original/file_20200110_144518.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282168/images/original/file_20191024_144834.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282167/images/original/file_20191009_161548.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282166/images/original/file_20190822_140533.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282165/images/original/file_20190822_140424.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282164/images/original/file_20190820_160459.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282163/images/original/file_20190819_133430.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282162/images/original/file_20190806_093558.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282161/images/original/file_20190729_135458.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282160/images/original/file_20190729_134830.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282159/images/original/file_20190716_161159.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282158/images/original/file_20190715_140333.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282157/images/original/file_20190709_105224.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282156/images/original/file_20190625_151436.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282155/images/original/file_20190625_151310.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282154/images/original/file_20190617_153432.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282153/images/original/file_20190410_144839.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282152/images/original/file_20190409_154701.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282151/images/original/file_20181022_153449.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749333/images/original/edital_espacos_publicos_02_retificacao_assinado 13.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/748557/images/original/edital_espacos_publicos_02__281_29_assinado segundo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/748538/images/original/EDITAL_JULGAMENTO_RECURSOS_III_assinado novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/747798/images/original/EDITAL_JULGAMENTO_RECURSOS_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/746657/images/original/Edital_inscritos_assinado.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/739712/images/original/edital_espacos_publicos_assinado (3).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/739596/images/original/edital 0012026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/747890/images/original/RELA&#199;&#195;O PRELIMINAR DE INSCRITOS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/718235/images/original/EDITAL N&#186; 001 de Diretores 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716980/images/original/EXTRATO DE EDITAIS DE CHAMAMENTO P&#218;BLICO - LEI PAULO GUSTAVO .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/718596/images/original/Edital pt 2 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/724459/images/original/ata de avalia&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/694066/images/original/EDITAL PROCESSO SELETIVO0002.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/701207/images/original/RELAC&#195;O PRELIMINAR DE INSCRITO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706804/images/original/RELA&#199;&#195;O DA AN&#193;LISE DOS CORRICULOS-RESULTADO PRELIMINAR.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/713942/images/original/RELA&#199;&#195;O DA AN&#193;LISE DOS CURRICULOS - RESULTADO FINAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/718296/images/original/CLASSIFICA&#199;&#195;O CONFORME DESEMPATE DOS CANDIDATOS (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719668/images/original/EDITAL DE HOMOLOGA&#199;&#195;O.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/666050/images/original/AUDIENCIA LOA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/652543/images/original/Edital de Processo Seletivo Simplificado n&#186; 004-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661697/images/original/Processo Seletivo Simplificado n&#186; 004-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/661698/images/original/PROCESSO SELETIVO SIMPLIFICADO N&#176;004_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/664342/images/original/Rela&#231;&#227;o da An&#225;lise dos Curr&#237;culos - Resultado Preliminar.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/666665/images/original/processo seletivo n4 post agota.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/668226/images/original/edital de homologa&#231;&#227;o .pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/600256/images/original/Edital de Audi&#234;ncia P&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/583490/images/original/img20250515_15591727 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/557398/images/original/Edital de Processo Seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/579074/images/original/RELA&#199;&#195;O PRELIMINAR DE INSCRITOS (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/583251/images/original/Rela&#231;&#227;o da an&#225;lise dos curr&#237;culos (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589601/images/original/Processo Seletivo Simplificado n&#186; 003-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/593982/images/original/Edital de Homologa&#231;&#227;o (3).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544021/images/original/ilovepdf_merged (18).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/547824/images/original/Rela&#231;&#227;o Preliminar de Inscritos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/551595/images/original/Processo Seletivo Simplificado 002-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/553738/images/original/PROCESSO SELETIVO SIMPLIFICADO 002-2025 (2).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/555165/images/original/Edital de Homologa&#231;&#227;o.png" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518401/images/original/edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/521307/images/original/Processo Seletivo Simplificado n&#186; 001-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/523047/images/original/LOCAL DE PROVA RETIFICADO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/523060/images/original/Rela&#231;&#227;o Final de Inscritos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/524551/images/original/Gabarito prova objetiva.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/524933/images/original/Rela&#231;&#227;o de An&#225;lise de Curr&#237;culos Processo Seletivo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/526204/images/original/Rela&#231;&#227;o da An&#225;lise dos Curr&#237;culos.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/526646/images/original/Classifica&#231;&#227;o Conforme Aplica&#231;&#227;o do Crit&#233;rio de Desempate Previsto no Edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/526944/images/original/Edital de homologa&#231;&#227;o.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/419722/images/original/Edital de Pocesso Seletivo Simplificado N&#176; 001-2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/382605/images/original/Retifica&#231;&#227;o edital_page-0001.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/382811/images/original/Edital de Processo Seletivo Simplificado n&#186; 003.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/382812/images/original/Retifica&#231;&#227;o edital.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/293008/images/original/Edital - Processo Seletivo Simplificado n&#176; 002-2023.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282200/images/original/file_20230213_145926.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282198/images/original/file_20221205_185827.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282196/images/original/file_20221017_124742.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282195/images/original/file_20220815_091818.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282193/images/original/file_20220318_185444.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282192/images/original/file_20220304_161102.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282191/images/original/file_20220207_113526.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282190/images/original/file_20220204_180427.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282189/images/original/file_20211025_100221.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282188/images/original/file_20210819_164443.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282186/images/original/file_20210629_172042.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282185/images/original/file_20210316_105919.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282184/images/original/file_20210211_170533.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282183/images/original/file_20210122_195009.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282182/images/original/file_20201203_152824.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282181/images/original/file_20201125_100233.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282180/images/original/file_20201123_162412.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282179/images/original/file_20201007_141550.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282178/images/original/file_20200720_101902.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282177/images/original/file_20200617_143329.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282176/images/original/file_20200604_113421.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282175/images/original/file_20200511_110019.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282174/images/original/file_20200305_160120.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282173/images/original/file_20200206_202548.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282172/images/original/file_20200129_122102.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282171/images/original/file_20200117_145026.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282170/images/original/file_20200108_145937.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282169/images/original/file_20200110_144518.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282168/images/original/file_20191024_144834.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282167/images/original/file_20191009_161548.jpg" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282166/images/original/file_20190822_140533.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282165/images/original/file_20190822_140424.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282164/images/original/file_20190820_160459.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282163/images/original/file_20190819_133430.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282162/images/original/file_20190806_093558.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282161/images/original/file_20190729_135458.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282160/images/original/file_20190729_134830.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282159/images/original/file_20190716_161159.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282158/images/original/file_20190715_140333.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282157/images/original/file_20190709_105224.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282156/images/original/file_20190625_151436.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282155/images/original/file_20190625_151310.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282154/images/original/file_20190617_153432.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282153/images/original/file_20190410_144839.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282152/images/original/file_20190409_154701.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282151/images/original/file_20181022_153449.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C90"/>
+  <dimension ref="A1:C98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C90" sqref="C90"/>
+      <selection activeCell="C98" sqref="C98"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B14" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B15" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B16" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B17" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B18" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
+        <v>25</v>
+      </c>
+      <c r="B19" t="s">
         <v>26</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B20" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B21" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B22" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B23" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B24" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B25" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B26" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B27" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B28" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B29" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B30" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B31" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B32" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B33" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="B34" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="B35" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="B36" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="B37" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="B38" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="B39" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B40" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B41" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B42" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B43" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B44" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B45" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>56</v>
+      </c>
+      <c r="B46" t="s">
+        <v>57</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="B47" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B48" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B49" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="B50" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="B51" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="B52" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="B53" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="B54" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="B55" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="B56" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="B57" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="B58" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="B59" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="B60" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="B61" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="B62" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>110</v>
+        <v>81</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="B63" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="B64" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="B65" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>117</v>
+        <v>81</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="B66" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="B67" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B68" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B69" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B70" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>12</v>
+        <v>125</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B71" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B72" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="B73" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B74" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>140</v>
+        <v>105</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="B75" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="B76" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="B77" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B78" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>151</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="B79" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="B80" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="B81" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="B82" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="B83" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="B84" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="B85" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="B86" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="B87" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="B88" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="B89" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
+        <v>175</v>
+      </c>
+      <c r="B90" t="s">
+        <v>176</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" t="s">
+        <v>178</v>
+      </c>
+      <c r="B91" t="s">
+        <v>179</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" t="s">
+        <v>181</v>
+      </c>
+      <c r="B92" t="s">
         <v>182</v>
       </c>
-      <c r="B90" t="s">
+      <c r="C92" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C90" s="1" t="s">
-        <v>182</v>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" t="s">
+        <v>184</v>
+      </c>
+      <c r="B93" t="s">
+        <v>185</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" t="s">
+        <v>187</v>
+      </c>
+      <c r="B94" t="s">
+        <v>185</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" t="s">
+        <v>189</v>
+      </c>
+      <c r="B95" t="s">
+        <v>190</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" t="s">
+        <v>192</v>
+      </c>
+      <c r="B96" t="s">
+        <v>193</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" t="s">
+        <v>195</v>
+      </c>
+      <c r="B97" t="s">
+        <v>196</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" t="s">
+        <v>197</v>
+      </c>
+      <c r="B98" t="s">
+        <v>198</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>197</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -2010,50 +2143,58 @@
     <hyperlink ref="C66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="C67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="C68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="C69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="C70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="C71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="C72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="C73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="C74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
+    <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
+    <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>