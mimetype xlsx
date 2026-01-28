--- v0 (2025-10-25)
+++ v1 (2026-01-28)
@@ -12,470 +12,458 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
-    <t>Portaria n°418/2025</t>
-[...407 lines deleted...]
-    <t>24/06/2025</t>
+    <t>Portaria n°046/2026</t>
+  </si>
+  <si>
+    <t>22/01/2026</t>
+  </si>
+  <si>
+    <t>iPortaria n°046/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°045/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°037/2026</t>
+  </si>
+  <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°043/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°044/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°042/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°040/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°039/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°038/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°036/2026</t>
+  </si>
+  <si>
+    <t>20/01/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°035/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°034/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°033/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°032/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°031/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°030/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°029/2026</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°028/2026</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°027/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°026/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°025/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°024/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°023/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°022/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°021/2026</t>
+  </si>
+  <si>
+    <t>14/01/2026</t>
+  </si>
+  <si>
+    <t>EXTRATO DA PORTARIA N° 020/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°019/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°018/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°017/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°015/2026</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°014/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°004/2026</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°013/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°012/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°011/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°010/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°009/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°008/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°007/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°006/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°005/2026</t>
+  </si>
+  <si>
+    <t>EXTRATO DA PORTARIA N° 002/2026</t>
+  </si>
+  <si>
+    <t>07/01/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°001/2026</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°527/2025</t>
+  </si>
+  <si>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°526/2025</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°525/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°524/2025</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°523/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°522/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°521/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°501/2025</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°500/2025</t>
+  </si>
+  <si>
+    <t>03/12/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°499/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°498/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°491/2025</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DA PORTARIA N°490/2025</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°489/2025</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°488/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°487/2025</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°486/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°469/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°468/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°467/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°466/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°465/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°464/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°463/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DA PORTARIA N°462/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°461/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°460/2025</t>
+  </si>
+  <si>
+    <t>EXTRATO DA PORTARIA N°460/202525</t>
+  </si>
+  <si>
+    <t>EXTRATO DA PORTARIA N°459/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°458/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°457/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°456/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°455/2025</t>
+  </si>
+  <si>
+    <t>20/10/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°454/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°453/2025</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°452/2025</t>
+  </si>
+  <si>
+    <t>16/10/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°451/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°450/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°449/2025</t>
+  </si>
+  <si>
+    <t>14/10/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°448/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°447/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°446/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°445/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°444/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°443/2025</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°442/2025</t>
+  </si>
+  <si>
+    <t>09/10/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°441/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°440/2025</t>
+  </si>
+  <si>
+    <t>07/10/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°439/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°438/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°437/2025</t>
+  </si>
+  <si>
+    <t>06/10/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°436/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°435/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°434/2025</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°433/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°432/2025</t>
+  </si>
+  <si>
+    <t>Portaria n°431/2025</t>
+  </si>
+  <si>
+    <t>29/09/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -781,1164 +769,1164 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670287/images/original/portaria418.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670285/images/original/portaria417.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670283/images/original/portaria 416.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670276/images/original/portaria 415.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670275/images/original/portaria414.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670273/images/original/portaria413.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670262/images/original/portaria412.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670260/images/original/portaria 411.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670239/images/original/extrato da portaria410.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670176/images/original/portaria409.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670173/images/original/portaria408.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670168/images/original/portaria407.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670165/images/original/portaria406.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670162/images/original/portaria405.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670161/images/original/portaria404.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670160/images/original/portaria403.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/670159/images/original/portaria402.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/669560/images/original/portaria 401.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/669554/images/original/portaria 400.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/669551/images/original/portaria 399.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/669550/images/original/portaria 398.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659492/images/original/Digitalizado_397.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659490/images/original/Digitalizado_396.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659484/images/original/Digitalizado 395.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659483/images/original/Digitalizado_394.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659482/images/original/Digitalizado_393.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659452/images/original/Digitalizado 392.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659445/images/original/Digitalizado_391.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659341/images/original/Digitalizado_390.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659339/images/original/Digitalizado_389.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659337/images/original/Digitalizado 388.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659336/images/original/digitalizado 387.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659334/images/original/Digitalizado_386.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659317/images/original/Digitalizado 385.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659316/images/original/Digitalizado_384.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659315/images/original/Digitalizado_383.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659306/images/original/Digitalizado 382.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659285/images/original/381.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659261/images/original/380.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659259/images/original/379 novo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659241/images/original/378.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659239/images/original/377.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659237/images/original/376.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/659234/images/original/375.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658697/images/original/374.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658687/images/original/portaria nova 373.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658680/images/original/372.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658676/images/original/371.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658675/images/original/370.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/658673/images/original/portaria 369.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636902/images/original/Portaria 368-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636762/images/original/Portaria 367-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636615/images/original/Portaria 366-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636535/images/original/Portaria 365-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636504/images/original/Portaria 364-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636456/images/original/Portaria 363.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636421/images/original/Portaria 362-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636389/images/original/Portaria 361-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636364/images/original/Portaria 360-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636363/images/original/Portaria 359-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636362/images/original/Portaria 358-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636359/images/original/Portaria 357-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636357/images/original/Portaria 356-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636353/images/original/Portaria 355-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636349/images/original/Portaria 354-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636346/images/original/Portaria 353-2025,.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636344/images/original/Portaria 352-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636338/images/original/Portaria 351-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636325/images/original/Portaria 350-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636322/images/original/Portaria 349-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636318/images/original/Portaria348-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636314/images/original/Extrato da Portaria n&#186; 347-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636313/images/original/Portaria 346-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636312/images/original/Extrato da Portaria n&#186; 345-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636310/images/original/Extrato da Portaria n&#186; 344-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636306/images/original/Portaria 343-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636302/images/original/Portaria 342-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636300/images/original/Portaria 341-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636295/images/original/Portaria 340-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636294/images/original/Portaria 339-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/636293/images/original/Portaria 338-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634515/images/original/Portaria 337-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634514/images/original/Portaria 336-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634512/images/original/Portaria 335-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634510/images/original/Portaria 334-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634509/images/original/Extrato da portaria n&#186;333-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634504/images/original/Portaria 332-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634503/images/original/portaria 331-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634501/images/original/Portaria 330-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634491/images/original/Portaria 329-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634485/images/original/Portaria 328-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634476/images/original/Portaria 326-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634466/images/original/Portaria 326-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634460/images/original/Portaria 325-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634451/images/original/Portaria 324-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634447/images/original/extrato da portaria n&#176;322-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634432/images/original/extrato da portaria n&#176;322-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634428/images/original/Portaria 321-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/634423/images/original/Portaria 320-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720829/images/original/46.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720826/images/original/45.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725083/images/original/37.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720308/images/original/43.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720307/images/original/44.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720305/images/original/42.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720304/images/original/40.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720298/images/original/39.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720293/images/original/38.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725079/images/original/36.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725077/images/original/35.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725076/images/original/34.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725073/images/original/33.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725072/images/original/32.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725065/images/original/31.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720286/images/original/30.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719632/images/original/29.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719631/images/original/28.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719629/images/original/27.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719627/images/original/26.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719626/images/original/25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719625/images/original/24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719622/images/original/23.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719619/images/original/22.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717167/images/original/21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717160/images/original/20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717156/images/original/019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717152/images/original/018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717151/images/original/017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716018/images/original/15.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716013/images/original/14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716037/images/original/04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716008/images/original/13.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716002/images/original/12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715999/images/original/11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715994/images/original/10.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715993/images/original/09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715986/images/original/08.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715983/images/original/07.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715980/images/original/06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715978/images/original/05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715977/images/original/02,.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715976/images/original/01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711417/images/original/527.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/707369/images/original/526 - Copia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/707364/images/original/525.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706985/images/original/524.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706984/images/original/523.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706983/images/original/522.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706982/images/original/521.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699889/images/original/5010001.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699887/images/original/500.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699885/images/original/499.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699884/images/original/portarias 498.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/693343/images/original/491.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/693339/images/original/490.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682692/images/original/489_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682691/images/original/novo 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682647/images/original/487_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682642/images/original/486_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691854/images/original/469_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691849/images/original/468_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691816/images/original/467_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691813/images/original/466_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691809/images/original/465_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691808/images/original/464_2025 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691805/images/original/463_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691789/images/original/462_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691786/images/original/461_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691109/images/original/460_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691102/images/original/459_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691097/images/original/458_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691094/images/original/457_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691091/images/original/456_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691089/images/original/455_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691086/images/original/454_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691085/images/original/453_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691077/images/original/452_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691076/images/original/451_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687533/images/original/450_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687530/images/original/449_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687523/images/original/448_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687521/images/original/447_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687520/images/original/446_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687519/images/original/445_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687518/images/original/444_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687517/images/original/443_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687516/images/original/442_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687468/images/original/441_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687270/images/original/440_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687268/images/original/439_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687267/images/original/438_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687266/images/original/437_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687264/images/original/436_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687262/images/original/435_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687261/images/original/434_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687260/images/original/433_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687259/images/original/432_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687258/images/original/431_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:C100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C100" sqref="C100"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" t="s">
         <v>8</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B9" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B10" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B12" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B13" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B15" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B18" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" t="s">
         <v>27</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="1" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B20" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B21" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B22" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B23" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="B24" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B25" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B26" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B27" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B28" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="B29" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="B30" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B31" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="B32" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B33" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B34" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="B35" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="B36" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="B37" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="B38" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="B39" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="B40" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="B41" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="B42" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="B43" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="B44" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="B45" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="B46" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="B47" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="B48" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="B49" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="B50" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="B51" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="B52" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="B53" t="s">
         <v>71</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B54" t="s">
         <v>71</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="B55" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="B56" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B57" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B58" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B59" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B60" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B61" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B62" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B63" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B64" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B65" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="B66" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B67" t="s">
+        <v>90</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B68" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B69" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B70" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B71" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B72" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B73" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B74" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B75" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B76" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B77" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B78" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B79" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B80" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B81" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B82" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B83" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B84" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B85" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B86" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B87" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B88" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B89" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B90" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="B91" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B92" t="s">
+        <v>123</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B93" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B94" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B95" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B96" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B97" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B98" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B99" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B100" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>