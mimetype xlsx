--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -12,61 +12,295 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
+    <t>Portaria n°112/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°111/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°110/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°109/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°108/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°107/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°106/2026</t>
+  </si>
+  <si>
+    <t>06/03/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°105/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°104/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°103/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°102/2026</t>
+  </si>
+  <si>
+    <t>04/03/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°101/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°100/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°099/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°098/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°097/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°096/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°095/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°094/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°093/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°092/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°091/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°090/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°089/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°088/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°087/2026</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°086/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°085/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°084/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°083/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°082/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°081/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°080/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°079/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°078/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°077/2026</t>
+  </si>
+  <si>
+    <t>20/02/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°076/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°075/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°074/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°073/2026</t>
+  </si>
+  <si>
+    <t>19/02/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°072/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°071/2026</t>
+  </si>
+  <si>
+    <t>12/02/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°070/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°069/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°068/2026</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°067/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°066/2026</t>
+  </si>
+  <si>
+    <t>09/02/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°065/2026</t>
+  </si>
+  <si>
+    <t>06/02/2026</t>
+  </si>
+  <si>
+    <t>65.pdf</t>
+  </si>
+  <si>
+    <t>Portaria n°064/2026</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°063/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°062/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°061/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°060/2026</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°059/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°058/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°057/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°056/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°055/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°054/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°053/2026</t>
+  </si>
+  <si>
+    <t>Portaria n°052/2026</t>
+  </si>
+  <si>
     <t>Portaria n°046/2026</t>
   </si>
   <si>
     <t>22/01/2026</t>
   </si>
   <si>
     <t>iPortaria n°046/2026</t>
   </si>
   <si>
     <t>Portaria n°045/2026</t>
   </si>
   <si>
     <t>Portaria n°037/2026</t>
   </si>
   <si>
     <t>21/01/2026</t>
   </si>
   <si>
     <t>Portaria n°043/2026</t>
   </si>
   <si>
     <t>Portaria n°044/2026</t>
   </si>
   <si>
     <t>Portaria n°042/2026</t>
@@ -165,305 +399,50 @@
     <t>Portaria n°014/2026</t>
   </si>
   <si>
     <t>Portaria n°004/2026</t>
   </si>
   <si>
     <t>09/01/2026</t>
   </si>
   <si>
     <t>Portaria n°013/2026</t>
   </si>
   <si>
     <t>Portaria n°012/2026</t>
   </si>
   <si>
     <t>Portaria n°011/2026</t>
   </si>
   <si>
     <t>Portaria n°010/2026</t>
   </si>
   <si>
     <t>Portaria n°009/2026</t>
   </si>
   <si>
     <t>Portaria n°008/2026</t>
-  </si>
-[...253 lines deleted...]
-    <t>29/09/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -769,1164 +748,1175 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720829/images/original/46.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720826/images/original/45.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725083/images/original/37.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720308/images/original/43.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720307/images/original/44.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720305/images/original/42.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720304/images/original/40.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720298/images/original/39.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720293/images/original/38.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725079/images/original/36.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725077/images/original/35.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725076/images/original/34.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725073/images/original/33.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725072/images/original/32.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725065/images/original/31.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720286/images/original/30.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719632/images/original/29.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719631/images/original/28.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719629/images/original/27.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719627/images/original/26.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719626/images/original/25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719625/images/original/24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719622/images/original/23.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719619/images/original/22.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717167/images/original/21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717160/images/original/20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717156/images/original/019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717152/images/original/018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717151/images/original/017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716018/images/original/15.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716013/images/original/14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716037/images/original/04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716008/images/original/13.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716002/images/original/12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715999/images/original/11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715994/images/original/10.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715993/images/original/09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715986/images/original/08.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715983/images/original/07.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715980/images/original/06.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715978/images/original/05.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715977/images/original/02,.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715976/images/original/01.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/711417/images/original/527.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/707369/images/original/526 - Copia.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/707364/images/original/525.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706985/images/original/524.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706984/images/original/523.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706983/images/original/522.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/706982/images/original/521.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699889/images/original/5010001.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699887/images/original/500.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699885/images/original/499.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/699884/images/original/portarias 498.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/693343/images/original/491.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/693339/images/original/490.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682692/images/original/489_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682691/images/original/novo 02.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682647/images/original/487_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/682642/images/original/486_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691854/images/original/469_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691849/images/original/468_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691816/images/original/467_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691813/images/original/466_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691809/images/original/465_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691808/images/original/464_2025 (1).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691805/images/original/463_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691789/images/original/462_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691786/images/original/461_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691109/images/original/460_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691102/images/original/459_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691097/images/original/458_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691094/images/original/457_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691091/images/original/456_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691089/images/original/455_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691086/images/original/454_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691085/images/original/453_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691077/images/original/452_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/691076/images/original/451_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687533/images/original/450_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687530/images/original/449_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687523/images/original/448_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687521/images/original/447_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687520/images/original/446_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687519/images/original/445_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687518/images/original/444_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687517/images/original/443_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687516/images/original/442_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687468/images/original/441_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687270/images/original/440_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687268/images/original/439_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687267/images/original/438_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687266/images/original/437_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687264/images/original/436_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687262/images/original/435_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687261/images/original/434_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687260/images/original/433_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687259/images/original/432_2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687258/images/original/431_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749255/images/original/112.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749253/images/original/111.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749252/images/original/110.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749251/images/original/109.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749250/images/original/108.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/749249/images/original/107.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/747582/images/original/106.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/747580/images/original/105.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/747578/images/original/104.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/747577/images/original/103.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745943/images/original/102.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745941/images/original/101.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745931/images/original/100.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745924/images/original/099.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745915/images/original/098.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745910/images/original/097.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745891/images/original/096.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745999/images/original/095.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745976/images/original/094.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745974/images/original/093.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745971/images/original/092.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745968/images/original/091.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745967/images/original/090.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745965/images/original/089.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/745962/images/original/088.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/741018/images/original/087.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/741017/images/original/086.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/740876/images/original/085.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/740874/images/original/084.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/740873/images/original/083.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/740872/images/original/082.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/740864/images/original/081.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/740859/images/original/080.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734408/images/original/079.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734407/images/original/078.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734406/images/original/077.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734405/images/original/076.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734404/images/original/075.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734402/images/original/074.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734400/images/original/073.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/733759/images/original/072.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/734398/images/original/071.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/732858/images/original/070.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/732857/images/original/069.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/730620/images/original/68.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/730619/images/original/67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/730618/images/original/66.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/729704/images/original/65.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/729705/images/original/65.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/728975/images/original/64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/728971/images/original/63.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/728970/images/original/62.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/727176/images/original/61.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/728969/images/original/060n.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/727701/images/original/059.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/727173/images/original/58.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/727172/images/original/57.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/727171/images/original/56.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/727169/images/original/55.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/726812/images/original/54.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/726811/images/original/53.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/726810/images/original/52.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720829/images/original/46.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720826/images/original/45.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725083/images/original/37.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720308/images/original/43.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720307/images/original/44.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720305/images/original/42.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720304/images/original/40.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720298/images/original/39.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720293/images/original/38.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725079/images/original/36.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725077/images/original/35.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725076/images/original/34.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725073/images/original/33.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725072/images/original/32.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/725065/images/original/31.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720286/images/original/30.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719632/images/original/29.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719631/images/original/28.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719629/images/original/27.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719627/images/original/26.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719626/images/original/25.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719625/images/original/24.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719622/images/original/23.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/719619/images/original/22.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717167/images/original/21.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717160/images/original/20.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717156/images/original/019.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717152/images/original/018.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/717151/images/original/017.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716018/images/original/15.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716013/images/original/14.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716037/images/original/04.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716008/images/original/13.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/716002/images/original/12.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715999/images/original/11.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715994/images/original/10.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715993/images/original/09.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/715986/images/original/08.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C100"/>
+  <dimension ref="A1:C101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C100" sqref="C100"/>
+      <selection activeCell="C101" sqref="C101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B9" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" t="s">
         <v>14</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
         <v>17</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" s="1" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
         <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>20</v>
       </c>
       <c r="B15" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>22</v>
       </c>
       <c r="B17" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B18" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B19" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B20" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B21" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B22" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B23" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B24" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B25" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B26" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B27" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B28" t="s">
+        <v>34</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B29" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B30" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B31" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B32" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B33" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B34" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B35" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B36" t="s">
+        <v>43</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B37" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B38" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B39" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B40" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B41" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B42" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>53</v>
+      </c>
+      <c r="B43" t="s">
         <v>54</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B44" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B45" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B46" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B47" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B48" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B49" t="s">
+        <v>63</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B50" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B51" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B52" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B53" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B54" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B55" t="s">
         <v>71</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B56" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B57" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B58" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B59" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B60" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="B61" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B62" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="B63" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B64" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B65" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B66" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B67" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B68" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B69" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B70" t="s">
+        <v>86</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B71" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B72" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B73" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B74" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B75" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B76" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B77" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B78" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="B79" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="B80" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B81" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B82" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B83" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B84" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B85" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B86" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="B87" t="s">
+        <v>105</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B88" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B89" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B90" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="B91" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="B92" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="B93" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="B94" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="B95" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="B96" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="B97" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="B98" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="B99" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="B100" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>134</v>
+        <v>127</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" t="s">
+        <v>128</v>
+      </c>
+      <c r="B101" t="s">
+        <v>122</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -1986,50 +1976,51 @@
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="C101" r:id="rId_hyperlink_100"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>