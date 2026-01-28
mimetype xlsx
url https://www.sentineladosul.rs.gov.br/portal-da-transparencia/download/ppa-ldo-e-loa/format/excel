--- v0 (2025-10-25)
+++ v1 (2026-01-28)
@@ -12,70 +12,148 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
   </si>
   <si>
     <t>LOA 2026</t>
   </si>
   <si>
     <t>13/10/2025</t>
   </si>
   <si>
     <t>Projeto de Lei LOA 2026</t>
   </si>
   <si>
+    <t>Anexo 2, da Lei 4.320 64 Resumo Geral da Receita</t>
+  </si>
+  <si>
+    <t>Anexo 2, da Lei 4.320 64 Natureza da Despesa Segundo as Categorias Economicas</t>
+  </si>
+  <si>
+    <t>Anexo 2, da Lei 4.320 64 Demonstracao da Despesa por Unidades Orcamentarias</t>
+  </si>
+  <si>
+    <t>Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo</t>
+  </si>
+  <si>
+    <t>Anexo 6, da Lei 4.320 64 Programa de Trabalho</t>
+  </si>
+  <si>
+    <t>Discriminação da Leg da Receita (I)</t>
+  </si>
+  <si>
+    <t>Anexo 7, da Lei 4.320 64 Programa de Trabalho de Governo</t>
+  </si>
+  <si>
+    <t>Evoluçao da Receita Art. 12 da LRF (II)</t>
+  </si>
+  <si>
+    <t>Demonstrativo da Despesa por Funcoes, Programas e Subprogramas</t>
+  </si>
+  <si>
+    <t>Anexo 9, da Lei 4.320 64 Demonstrativo da Despesa por Funcoes</t>
+  </si>
+  <si>
+    <t>ESTIMATIVA E COMPENSAÇÃO DA RENÚNCIA DE RECEITA (III)</t>
+  </si>
+  <si>
+    <t>demonstrativo orçamento fiscal seguridade (IV)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FMS (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FUNDAGRO (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FUNDEMA (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FMCA (V)</t>
+  </si>
+  <si>
+    <t>Plano Aplicação FMAS (V)</t>
+  </si>
+  <si>
+    <t>Demonstrativo de Compatibilidade (VI)</t>
+  </si>
+  <si>
+    <t>RCL ORÇ Def TCE (VII)</t>
+  </si>
+  <si>
+    <t>DESP PESSOAL Orç.TCE EXEC (VII)</t>
+  </si>
+  <si>
+    <t>DESP PESSOAL Orç.TCE LEG (VII)</t>
+  </si>
+  <si>
+    <t>BC MDE (VIII)</t>
+  </si>
+  <si>
+    <t>BC FMS (IX)</t>
+  </si>
+  <si>
+    <t>demonstrativo das Categorias de Progr. Fin. com rec. Operações de crédito (X)</t>
+  </si>
+  <si>
+    <t>Báse de Cálculo para despesas com legislativo Previsto (XI)</t>
+  </si>
+  <si>
+    <t>Lei 1695 2026 LOA 2026</t>
+  </si>
+  <si>
     <t>LDO 2026</t>
   </si>
   <si>
     <t>19/08/2025</t>
   </si>
   <si>
     <t>AUDIENCIA PUBLICA LDO 2026</t>
   </si>
   <si>
     <t>Anexos I e II da LDO 2026</t>
   </si>
   <si>
     <t>ANTEPROJETO LDO 2026</t>
   </si>
   <si>
     <t>Anexo_IV LDO 2026</t>
   </si>
   <si>
     <t>Anexo III Lista de Programas do LDO 2026</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 48 2025</t>
   </si>
   <si>
     <t>ATA LISTA PRESENCA LDO 2026 AUDIENCA PUBLICA</t>
@@ -101,117 +179,63 @@
   <si>
     <t>Projeto de Lei xx PPA 2026 2029</t>
   </si>
   <si>
     <t>Lei 1657 2025 PPA 2026 2029</t>
   </si>
   <si>
     <t>Programação Financeira e Cronograma de Desembolso 2025</t>
   </si>
   <si>
     <t>21/11/2024</t>
   </si>
   <si>
     <t>Decreto 1247 - 2024 Programação Fin 2025</t>
   </si>
   <si>
     <t>LOA 2025</t>
   </si>
   <si>
     <t>17/10/2024</t>
   </si>
   <si>
     <t>Anexo 2, da Lei 4.320 64 Receita</t>
   </si>
   <si>
-    <t>Demonstrativo da Despesa por Funcoes, Programas e Subprogramas</t>
-[...1 lines deleted...]
-  <si>
     <t>Anexo 9, da Lei 4.320 64</t>
   </si>
   <si>
     <t>Anexo 7, da Lei 4.320 64</t>
   </si>
   <si>
     <t>Anexo 6, da Lei 4.320 64</t>
   </si>
   <si>
     <t>Anexo 2, da Lei 4.320 64 Despesa.pdf</t>
   </si>
   <si>
     <t>Anexo 2, da Lei 4.320 64 - Consolidacao Geral</t>
-  </si>
-[...49 lines deleted...]
-    <t>Discriminação da Leg da Receita (I)</t>
   </si>
   <si>
     <t>Anteprojeto de Lei LOA 2025</t>
   </si>
   <si>
     <t>Anexo 01, da Lei 4.320 64</t>
   </si>
   <si>
     <t>Ata Audiencia Pública LOA 2025</t>
   </si>
   <si>
     <t>Projeto de Lei LOA 2025</t>
   </si>
   <si>
     <t>Lei Nº 1611 2024 (LOA 2025)</t>
   </si>
   <si>
     <t>LDO 2025</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
     <t>Anexo I LDO 2025 METAS FISCAIS</t>
   </si>
@@ -739,1142 +763,1439 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/666018/images/original/Projeto de Lei  LOA 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/624665/images/original/AUDIENCIA PUBLICA LDO 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/626097/images/original/Anexos  I e II  da LDO 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/626099/images/original/ANTEPROJETO LDO 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/629155/images/original/Anexo_IV  LDO 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/629466/images/original/Anexo III Lista  de  Programas do  LDO  2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/629601/images/original/PROJETO DE LEI   N&#186; 48   2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/629602/images/original/ATA LISTA PRESENCA LDO 2026 AUDIENCA PUBLICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/666016/images/original/LEI 1678 2025   LDO 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589241/images/original/PPA 2026-2029 - Tabelas de Receitas e Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/595857/images/original/PPA 2026 2029  Lista de   Programas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598540/images/original/AUDIENCIA PPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598541/images/original/Projeto de Lei xx PPA 2026 2029.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/620990/images/original/Lei 1657  2025  PPA 2026 2029.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511716/images/original/1 Decreto 1247 - 2024  Programa&#231;&#227;o Fin 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492358/images/original/Anexo 2, da Lei 4.320 64 Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492351/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492352/images/original/Anexo 9, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492353/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492354/images/original/Anexo 7, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492355/images/original/Anexo 6, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492356/images/original/Anexo 2, da Lei 4.320 64 Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492357/images/original/Anexo 2, da Lei 4.320 64 - Consolidacao Geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492359/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492361/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492362/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492363/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492364/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492369/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492367/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492370/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492371/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492372/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492373/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492374/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492375/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492377/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492378/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492379/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492380/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492381/images/original/Anteprojeto de Lei  LOA 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492498/images/original/Anexo 01, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/494223/images/original/Ata Audiencia P&#250;blica LOA 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/494468/images/original/Projeto de Lei  LOA 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/499523/images/original/Lei  N&#186; 1611 2024  (LOA 2025).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/470937/images/original/Anexo I   LDO 2025 METAS  FISCAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/470938/images/original/Anexo II  LDO 2025  DEMONSTRATIVO DE RISCOS FISCAIS E PROVID&#202;NCIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/470939/images/original/Anexo III LDO 2025 METAS  E  PRIORIDADES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/471835/images/original/ATA DE AUDIENCIA LDO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472733/images/original/Anexo_IV  LDO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472734/images/original/Documentos Auxiliares 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/477654/images/original/ANTEPROJETO LDO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/479044/images/original/ATA LDO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492109/images/original/Lei n&#186; 1606-2024 LDO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349912/images/original/edital de audiencia publica loa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349913/images/original/audiencia publica loa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349914/images/original/1 Projeto de Lei LOA 2024 1.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349915/images/original/3 C&#243;pia de Evolu&#231;ao da Receita Art. 12 da LRF (II).xls" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349916/images/original/4 Anexo de Metas e Riscos Fiscais - ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349917/images/original/5 demonstrativo or&#231;amento fiscal seguridade (IV).doc" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349918/images/original/6 C&#243;pia de RCL OR&#199; Def TCE (VII)-1.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349919/images/original/7 C&#243;pia de Plano Aplica&#231;&#227;o FUNDEMA (V).xls" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349920/images/original/8 C&#243;pia de Plano Aplica&#231;&#227;o FUNDAGRO (V)-1.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349921/images/original/9 C&#243;pia de Plano Aplica&#231;&#227;o FMS (V).xls" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349922/images/original/10 demonstrativo or&#231;amento fiscal seguridade (IV).doc" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349923/images/original/11 C&#243;pia de RCL OR&#199; Def TCE (VII).xls" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349924/images/original/12 C&#243;pia de DESP PESSOAL Or&#231;.TCE EXEC (VII)-1.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349925/images/original/12 C&#243;pia de DESP PESSOAL Or&#231;.TCE LEG (VII)-4.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349926/images/original/13 BC MDE (VIII)-1.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349927/images/original/14 BC FMS (IX).docx" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349928/images/original/15 demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).doc" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349929/images/original/16.3 C&#243;pia de B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI)-2.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349930/images/original/17 Evolu&#231;ao da Receita Art. 22 Lei 4320.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349931/images/original/18 Evolu&#231;ao da Despesa Art. 22 Lei 4320.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349932/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349933/images/original/Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349934/images/original/Natureza da Despesa Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349935/images/original/Resumo Geral da Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349936/images/original/Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349937/images/original/Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349938/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349939/images/original/legislacao basica da receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/379718/images/original/Lei 1559  LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347535/images/original/Lei 1551 2023  LDO 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347536/images/original/Anexo I   LDO 2024 METAS  FISCAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347537/images/original/Anexo II  LDO 2024  DEMONSTRATIVO DE RISCOS FISCAIS E PROVID&#202;NCIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347538/images/original/Anexo III LDO 2024 METAS  E  PRIORIDADES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347539/images/original/Anexo IV LDO 2024 RELAT&#211;RIO SOBRE PROJETOS EM EXECU&#199;&#195;O E A EXECUTAR E DESPESAS COM CONSERVA&#199;&#195;O DO PATRIM&#212;NIO P&#218;BLICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282209/images/original/file_20221219_155027.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282208/images/original/file_20221219_153245.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282207/images/original/file_20221219_153016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282206/images/original/file_20221219_152930.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282205/images/original/file_20221219_152828.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282204/images/original/file_20221219_152735.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282203/images/original/file_20221219_152638.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282202/images/original/file_20221219_152507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347540/images/original/Lei 1462-2021- PPA  2022   2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/666018/images/original/Projeto de Lei  LOA 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720903/images/original/Anexo 2, da Lei 4.320 64  Resumo Geral da Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720904/images/original/Anexo 2, da Lei 4.320 64  Natureza da Despesa Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720906/images/original/Anexo 2, da Lei 4.320 64  Demonstracao da Despesa por Unidades Orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720913/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720907/images/original/Anexo 6, da Lei 4.320 64  Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720914/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720908/images/original/Anexo 7, da Lei 4.320 64  Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720915/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720909/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720910/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720911/images/original/Anexo 9, da Lei 4.320 64  Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720916/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720917/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720918/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720922/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720929/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720941/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720950/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720961/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720970/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720977/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720987/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720996/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/721002/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/721007/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/721014/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/721021/images/original/Lei 1695 2026 LOA 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/624665/images/original/AUDIENCIA PUBLICA LDO 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/626097/images/original/Anexos  I e II  da LDO 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/626099/images/original/ANTEPROJETO LDO 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/629155/images/original/Anexo_IV  LDO 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/629466/images/original/Anexo III Lista  de  Programas do  LDO  2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/629601/images/original/PROJETO DE LEI   N&#186; 48   2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/629602/images/original/ATA LISTA PRESENCA LDO 2026 AUDIENCA PUBLICA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/666016/images/original/LEI 1678 2025   LDO 2026.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/589241/images/original/PPA 2026-2029 - Tabelas de Receitas e Despesas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/595857/images/original/PPA 2026 2029  Lista de   Programas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598540/images/original/AUDIENCIA PPA.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/598541/images/original/Projeto de Lei xx PPA 2026 2029.docx" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/620990/images/original/Lei 1657  2025  PPA 2026 2029.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/511716/images/original/1 Decreto 1247 - 2024  Programa&#231;&#227;o Fin 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492358/images/original/Anexo 2, da Lei 4.320 64 Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492351/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492352/images/original/Anexo 9, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492353/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492354/images/original/Anexo 7, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492355/images/original/Anexo 6, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492356/images/original/Anexo 2, da Lei 4.320 64 Despesa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492357/images/original/Anexo 2, da Lei 4.320 64 - Consolidacao Geral.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492359/images/original/B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492361/images/original/demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492362/images/original/BC FMS (IX).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492363/images/original/BC MDE (VIII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492364/images/original/DESP PESSOAL Or&#231;.TCE EXEC (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492369/images/original/RCL OR&#199; Def TCE (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492367/images/original/DESP PESSOAL Or&#231;.TCE LEG (VII).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492370/images/original/Demonstrativo de Compatibilidade (VI).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492371/images/original/Plano Aplica&#231;&#227;o FMS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492372/images/original/Plano Aplica&#231;&#227;o FUNDAGRO (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492373/images/original/Plano Aplica&#231;&#227;o FUNDEMA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492374/images/original/Plano Aplica&#231;&#227;o FMCA (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492375/images/original/Plano Aplica&#231;&#227;o FMAS (V).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492377/images/original/demonstrativo or&#231;amento fiscal seguridade (IV).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492378/images/original/ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492379/images/original/Evolu&#231;ao da Receita Art. 12 da LRF (II).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492380/images/original/Discrimina&#231;&#227;o da Leg da Receita (I).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492381/images/original/Anteprojeto de Lei  LOA 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492498/images/original/Anexo 01, da Lei 4.320 64.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/494223/images/original/Ata Audiencia P&#250;blica LOA 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/494468/images/original/Projeto de Lei  LOA 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/499523/images/original/Lei  N&#186; 1611 2024  (LOA 2025).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/470937/images/original/Anexo I   LDO 2025 METAS  FISCAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/470938/images/original/Anexo II  LDO 2025  DEMONSTRATIVO DE RISCOS FISCAIS E PROVID&#202;NCIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/470939/images/original/Anexo III LDO 2025 METAS  E  PRIORIDADES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/471835/images/original/ATA DE AUDIENCIA LDO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472733/images/original/Anexo_IV  LDO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472734/images/original/Documentos Auxiliares 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/477654/images/original/ANTEPROJETO LDO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/479044/images/original/ATA LDO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/492109/images/original/Lei n&#186; 1606-2024 LDO 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349912/images/original/edital de audiencia publica loa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349913/images/original/audiencia publica loa.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349914/images/original/1 Projeto de Lei LOA 2024 1.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349915/images/original/3 C&#243;pia de Evolu&#231;ao da Receita Art. 12 da LRF (II).xls" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349916/images/original/4 Anexo de Metas e Riscos Fiscais - ESTIMATIVA E COMPENSA&#199;&#195;O DA REN&#218;NCIA DE RECEITA (III).pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349917/images/original/5 demonstrativo or&#231;amento fiscal seguridade (IV).doc" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349918/images/original/6 C&#243;pia de RCL OR&#199; Def TCE (VII)-1.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349919/images/original/7 C&#243;pia de Plano Aplica&#231;&#227;o FUNDEMA (V).xls" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349920/images/original/8 C&#243;pia de Plano Aplica&#231;&#227;o FUNDAGRO (V)-1.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349921/images/original/9 C&#243;pia de Plano Aplica&#231;&#227;o FMS (V).xls" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349922/images/original/10 demonstrativo or&#231;amento fiscal seguridade (IV).doc" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349923/images/original/11 C&#243;pia de RCL OR&#199; Def TCE (VII).xls" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349924/images/original/12 C&#243;pia de DESP PESSOAL Or&#231;.TCE EXEC (VII)-1.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349925/images/original/12 C&#243;pia de DESP PESSOAL Or&#231;.TCE LEG (VII)-4.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349926/images/original/13 BC MDE (VIII)-1.doc" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349927/images/original/14 BC FMS (IX).docx" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349928/images/original/15 demonstrativo das Categorias de Progr. Fin. com rec. Opera&#231;&#245;es de cr&#233;dito (X).doc" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349929/images/original/16.3 C&#243;pia de B&#225;se de C&#225;lculo para despesas com legislativo Previsto (XI)-2.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349930/images/original/17 Evolu&#231;ao da Receita Art. 22 Lei 4320.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349931/images/original/18 Evolu&#231;ao da Despesa Art. 22 Lei 4320.xls" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349932/images/original/Demonstrativo da Despesa por Funcoes, Programas e Subprogramas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349933/images/original/Demonstrativo da Despesa por Funcoes.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349934/images/original/Natureza da Despesa Segundo as Categorias Economicas.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349935/images/original/Resumo Geral da Receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349936/images/original/Programa de Trabalho de Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349937/images/original/Programa de Trabalho.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349938/images/original/Sumario Geral da Receita por Fontes e da Despesa por Funcoes do Governo.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/349939/images/original/legislacao basica da receita.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/379718/images/original/Lei 1559  LOA 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347535/images/original/Lei 1551 2023  LDO 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347536/images/original/Anexo I   LDO 2024 METAS  FISCAIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347537/images/original/Anexo II  LDO 2024  DEMONSTRATIVO DE RISCOS FISCAIS E PROVID&#202;NCIAS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347538/images/original/Anexo III LDO 2024 METAS  E  PRIORIDADES.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347539/images/original/Anexo IV LDO 2024 RELAT&#211;RIO SOBRE PROJETOS EM EXECU&#199;&#195;O E A EXECUTAR E DESPESAS COM CONSERVA&#199;&#195;O DO PATRIM&#212;NIO P&#218;BLICO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282209/images/original/file_20221219_155027.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282208/images/original/file_20221219_153245.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282207/images/original/file_20221219_153016.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282206/images/original/file_20221219_152930.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282205/images/original/file_20221219_152828.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282204/images/original/file_20221219_152735.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282203/images/original/file_20221219_152638.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/282202/images/original/file_20221219_152507.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/347540/images/original/Lei 1462-2021- PPA  2022   2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C98"/>
+  <dimension ref="A1:C125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C98" sqref="C98"/>
+      <selection activeCell="C125" sqref="C125"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B5" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B6" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B7" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B8" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B9" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B10" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="B11" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="B12" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="B13" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
+        <v>3</v>
+      </c>
+      <c r="B14" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="B15" t="s">
+        <v>4</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="B16" t="s">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B17" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B18" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B19" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B20" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B21" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B22" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B23" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
+        <v>3</v>
+      </c>
+      <c r="B24" t="s">
+        <v>4</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B25" t="s">
+        <v>4</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B26" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B27" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B28" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="B29" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B30" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B31" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B32" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B34" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B35" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B36" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B37" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B38" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B39" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B40" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B41" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B42" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="B43" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="B44" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="B45" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="B46" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B47" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>59</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B48" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>52</v>
+      </c>
+      <c r="B49" t="s">
+        <v>53</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B50" t="s">
+        <v>53</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B51" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B52" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B54" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B55" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B56" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B57" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B58" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B59" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B60" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B61" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B62" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B63" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B64" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B65" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>79</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B66" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B67" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B68" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B69" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>83</v>
+        <v>60</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B70" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>84</v>
+        <v>61</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B71" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>85</v>
+        <v>62</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B72" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>86</v>
+        <v>63</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="B73" t="s">
-        <v>69</v>
+        <v>53</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>87</v>
+        <v>64</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B74" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>88</v>
+        <v>67</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
+        <v>65</v>
+      </c>
+      <c r="B75" t="s">
+        <v>66</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B76" t="s">
+        <v>66</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B77" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B78" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B79" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>93</v>
+        <v>72</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B80" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>94</v>
+        <v>73</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B81" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>95</v>
+        <v>74</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B82" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>96</v>
+        <v>75</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="B83" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="B84" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>98</v>
+        <v>79</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="B85" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="B86" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="B87" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>103</v>
+        <v>82</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="B88" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>104</v>
+        <v>83</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="B89" t="s">
-        <v>100</v>
+        <v>77</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>106</v>
+        <v>76</v>
       </c>
       <c r="B90" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>109</v>
+        <v>76</v>
       </c>
       <c r="B91" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>111</v>
+        <v>76</v>
       </c>
       <c r="B92" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>112</v>
+        <v>87</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>113</v>
+        <v>76</v>
       </c>
       <c r="B93" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>114</v>
+        <v>88</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>115</v>
+        <v>76</v>
       </c>
       <c r="B94" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>117</v>
+        <v>76</v>
       </c>
       <c r="B95" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>118</v>
+        <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>119</v>
+        <v>76</v>
       </c>
       <c r="B96" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>121</v>
+        <v>76</v>
       </c>
       <c r="B97" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>122</v>
+        <v>92</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
+        <v>76</v>
+      </c>
+      <c r="B98" t="s">
+        <v>77</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" t="s">
+        <v>76</v>
+      </c>
+      <c r="B99" t="s">
+        <v>77</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" t="s">
+        <v>76</v>
+      </c>
+      <c r="B100" t="s">
+        <v>77</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" t="s">
+        <v>76</v>
+      </c>
+      <c r="B101" t="s">
+        <v>77</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" t="s">
+        <v>76</v>
+      </c>
+      <c r="B102" t="s">
+        <v>77</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" t="s">
+        <v>76</v>
+      </c>
+      <c r="B103" t="s">
+        <v>77</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" t="s">
+        <v>76</v>
+      </c>
+      <c r="B104" t="s">
+        <v>77</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" t="s">
+        <v>76</v>
+      </c>
+      <c r="B105" t="s">
+        <v>77</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" t="s">
+        <v>76</v>
+      </c>
+      <c r="B106" t="s">
+        <v>77</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" t="s">
+        <v>76</v>
+      </c>
+      <c r="B107" t="s">
+        <v>77</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" t="s">
+        <v>76</v>
+      </c>
+      <c r="B108" t="s">
+        <v>77</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" t="s">
+        <v>76</v>
+      </c>
+      <c r="B109" t="s">
+        <v>77</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" t="s">
+        <v>76</v>
+      </c>
+      <c r="B110" t="s">
+        <v>77</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" t="s">
+        <v>76</v>
+      </c>
+      <c r="B111" t="s">
+        <v>77</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" t="s">
+        <v>107</v>
+      </c>
+      <c r="B112" t="s">
+        <v>108</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" t="s">
+        <v>107</v>
+      </c>
+      <c r="B113" t="s">
+        <v>108</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" t="s">
+        <v>107</v>
+      </c>
+      <c r="B114" t="s">
+        <v>108</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" t="s">
+        <v>107</v>
+      </c>
+      <c r="B115" t="s">
+        <v>108</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" t="s">
+        <v>107</v>
+      </c>
+      <c r="B116" t="s">
+        <v>108</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" t="s">
+        <v>114</v>
+      </c>
+      <c r="B117" t="s">
+        <v>115</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" t="s">
+        <v>117</v>
+      </c>
+      <c r="B118" t="s">
+        <v>115</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" t="s">
+        <v>119</v>
+      </c>
+      <c r="B119" t="s">
+        <v>115</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" t="s">
+        <v>121</v>
+      </c>
+      <c r="B120" t="s">
+        <v>115</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" t="s">
         <v>123</v>
       </c>
-      <c r="B98" t="s">
+      <c r="B121" t="s">
+        <v>115</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="C98" s="1" t="s">
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" t="s">
         <v>125</v>
+      </c>
+      <c r="B122" t="s">
+        <v>115</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" t="s">
+        <v>127</v>
+      </c>
+      <c r="B123" t="s">
+        <v>115</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" t="s">
+        <v>129</v>
+      </c>
+      <c r="B124" t="s">
+        <v>115</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" t="s">
+        <v>131</v>
+      </c>
+      <c r="B125" t="s">
+        <v>132</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -1932,50 +2253,77 @@
     <hyperlink ref="C74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="C80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="C81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="C82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="C83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="C84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="C85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="C86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="C87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="C88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="C89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="C90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="C91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="C92" r:id="rId_hyperlink_91"/>
     <hyperlink ref="C93" r:id="rId_hyperlink_92"/>
     <hyperlink ref="C94" r:id="rId_hyperlink_93"/>
     <hyperlink ref="C95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="C96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="C97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="C98" r:id="rId_hyperlink_97"/>
+    <hyperlink ref="C99" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="C100" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="C101" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="C102" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="C103" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="C104" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="C105" r:id="rId_hyperlink_104"/>
+    <hyperlink ref="C106" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="C107" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="C108" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="C109" r:id="rId_hyperlink_108"/>
+    <hyperlink ref="C110" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="C111" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="C112" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="C113" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="C114" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="C115" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="C116" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="C117" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="C118" r:id="rId_hyperlink_117"/>
+    <hyperlink ref="C119" r:id="rId_hyperlink_118"/>
+    <hyperlink ref="C120" r:id="rId_hyperlink_119"/>
+    <hyperlink ref="C121" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="C122" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="C123" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="C124" r:id="rId_hyperlink_123"/>
+    <hyperlink ref="C125" r:id="rId_hyperlink_124"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>