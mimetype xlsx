--- v0 (2025-10-25)
+++ v1 (2026-01-28)
@@ -12,59 +12,140 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>Data Referência</t>
   </si>
   <si>
     <t>Download</t>
+  </si>
+  <si>
+    <t>RREO 6º BIM 2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>Balanço Orçamentário 6º Bim 2025</t>
+  </si>
+  <si>
+    <t>Demonstrativo da Execução das Despesas por FunçãoSubfunção 6º Bim 2025</t>
+  </si>
+  <si>
+    <t>Demonstrativo da Receita Corrente Líquida 6º Bim 2025</t>
+  </si>
+  <si>
+    <t>Demonstrativo dos Resultados Primário e Nominal 6º Bim 2025</t>
+  </si>
+  <si>
+    <t>Demonstrativo dos Restos a Pagar por Poder e Órgão 6º Bim 2025</t>
+  </si>
+  <si>
+    <t>DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO - MDE 6º Bim 2025</t>
+  </si>
+  <si>
+    <t>DEMONSTRATIVO DAS RECEITAS DE OPERAÇÕES DE CRÉDITO E DESPESAS DE CAPITAL (REGRA DE OURO) 6º Bim 2025</t>
+  </si>
+  <si>
+    <t>DEMONSTRATIVO DA RECEITA DE ALIENAÇÃO DE ATIVOS E APLICAÇÃO DOS RECURSOS 6º Bim 2025</t>
+  </si>
+  <si>
+    <t>Demonstrativo das Receitas e Despesas com Ações e Serviços Públicos de Saúde 6º Bim 2025</t>
+  </si>
+  <si>
+    <t>DEMONSTRATIVO DAS PARCERIAS PÚBLICO-PRIVADAS 6º Bim 2025</t>
+  </si>
+  <si>
+    <t>RREO 6º Bim 2025</t>
+  </si>
+  <si>
+    <t>RREO 5º BIM 2025</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>Balanço Orçamentário 5º Bim 2025</t>
+  </si>
+  <si>
+    <t>Demonstrativo da Execução das Despesas por Função Subfunção 5º Bim 2025</t>
+  </si>
+  <si>
+    <t>Demonstrativo das Receitas e Despesas com Ações e Serviços Públicos de Saúde 5º Bim 2025</t>
+  </si>
+  <si>
+    <t>DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO - MDE 5º Bim 2025</t>
+  </si>
+  <si>
+    <t>RREO 5º Bim 2025</t>
+  </si>
+  <si>
+    <t>RREO 4º BIM 2025</t>
+  </si>
+  <si>
+    <t>31/08/2025</t>
+  </si>
+  <si>
+    <t>Balanço Orçamentário 4º Bim 2025</t>
+  </si>
+  <si>
+    <t>Demonstrativo das Receitas e Despesas com Ações e Serviços Públicos de Saúde 4º Bim 2025</t>
+  </si>
+  <si>
+    <t>Demonstrativo da Execução das Despesas por Função Subfunção 4º Bim 2025</t>
+  </si>
+  <si>
+    <t>DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO - MDE 4º Bim 2025</t>
+  </si>
+  <si>
+    <t>RREO 4º Bim 2025</t>
   </si>
   <si>
     <t>RREO 3º BIM 2025</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>Demonstrativo da Execução das Despesas por Função Subfunção 3º Bim 2025</t>
   </si>
   <si>
     <t>Balanço Orçamentário 3º Bim 2025</t>
   </si>
   <si>
     <t>DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO - MDE 3º Bim 2025</t>
   </si>
   <si>
     <t>Demonstrativo das Receitas e Despesas com Ações e Serviços Públicos de Saúde 3º Bim 2025</t>
   </si>
   <si>
     <t>Demonstrativo da Receita Corrente Líquida 3º Bim 2025</t>
   </si>
   <si>
     <t>Demonstrativo dos Resultados Primário e Nominal 3º Bim 2025</t>
   </si>
@@ -595,62 +676,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614962/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614961/images/original/Balan&#231;o Or&#231;ament&#225;rio 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614964/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614965/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614966/images/original/Demonstrativo da Receita Corrente L&#237;quida 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614967/images/original/Demonstrativo dos Resultados Prim&#225;rio e Nominal 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614968/images/original/Demonstrativo dos Restos a Pagar por Poder e &#211;rg&#227;o 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614970/images/original/DEMONSTRATIVO DAS PARCERIAS P&#218;BLICO-PRIVADAS 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614971/images/original/RREO 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/584628/images/original/Balan&#231;o Or&#231;ament&#225;rio 2&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/584629/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 2&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/584630/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 2&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/584631/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 2&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/584632/images/original/RREO 2&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587971/images/original/Lista de presen&#231;a audi&#234;ncia p&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544385/images/original/Balan&#231;o Or&#231;ament&#225;rio 1&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544386/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 1&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544387/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 1&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544388/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 1&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544389/images/original/RREO 1&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518751/images/original/Balan&#231;o Or&#231;ament&#225;rio 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518752/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;oSubfun&#231;&#227;o 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518753/images/original/Demonstrativo da Receita Corrente L&#237;quida 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518754/images/original/Demonstrativo dos Resultados Prim&#225;rio e Nominal 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518755/images/original/Demonstrativo dos Restos a Pagar por Poder e &#211;rg&#227;o 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518756/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518757/images/original/DEMONSTRATIVO DAS RECEITAS DE OPERA&#199;&#213;ES DE CR&#201;DITO E DESPESAS DE CAPITAL (REGRA DE OURO) 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518758/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518759/images/original/DEMONSTRATIVO DAS PARCERIAS P&#218;BLICO-PRIVADAS 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518760/images/original/DEMONSTRATIVO DA RECEITA DE ALIENA&#199;&#195;O DE ATIVOS E APLICA&#199;&#195;O DOS RECURSOS 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518761/images/original/Demonstrativo Simplificado do Relat&#243;rio Resumido da Execu&#231;&#227;o Or&#231;ament&#225;ria 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/499242/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 5&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/499243/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 5&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/499244/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 5&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/499245/images/original/RREO 5&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/499241/images/original/Balan&#231;o Or&#231;ament&#225;rio 5&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/486252/images/original/Demonstrativo das Receitas e Despesas com - ASPS 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/486248/images/original/Balan&#231;o Or&#231;amentario 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/486249/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/486250/images/original/Demonstrativo das Receitas e Despesas com - MDE 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/486253/images/original/RREO 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472019/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 3&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472016/images/original/Balan&#231;o Or&#231;amentario 3&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472017/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 3&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472018/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 3&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472020/images/original/Demonstrativo da Receita Corrente L&#237;quida 1&#186; Sem 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472021/images/original/RREO 3&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/453409/images/original/RREOanexo2DespesasFuncaoSubfunc2Bim2024.ods" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/453410/images/original/RREOanexo14DemonstReltResumidExecOr&#231;amt2Bim2024.ods" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/453411/images/original/RREOanexo12ReceitasDespesasASPS2Bim2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/453412/images/original/RREOanexo1BalancoOrcamentario2Bim2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/453413/images/original/RREOanexo8DemonsReceitaeDespesaMantDeseEnsMDE2Bim2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/442859/images/original/Demonst balan orcament 1 Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/442860/images/original/Demont desp func sub 1 Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/442861/images/original/Demonst RREO 1 Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/442862/images/original/Demonst Rec e Desp MDE 1 Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/442863/images/original/Demonst rec e desp ASPS 1 Bim 2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720849/images/original/Balan&#231;o Or&#231;ament&#225;rio  6&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720852/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;oSubfun&#231;&#227;o  6&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720854/images/original/Demonstrativo da Receita Corrente L&#237;quida  6&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720856/images/original/Demonstrativo dos Resultados Prim&#225;rio e Nominal  6&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720858/images/original/Demonstrativo dos Restos a Pagar por Poder e &#211;rg&#227;o  6&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720859/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE  6&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720860/images/original/DEMONSTRATIVO DAS RECEITAS DE OPERA&#199;&#213;ES DE CR&#201;DITO E DESPESAS DE CAPITAL (REGRA DE OURO)  6&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720862/images/original/DEMONSTRATIVO DA RECEITA DE ALIENA&#199;&#195;O DE ATIVOS E APLICA&#199;&#195;O DOS RECURSOS  6&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720863/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de  6&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720865/images/original/DEMONSTRATIVO DAS PARCERIAS P&#218;BLICO-PRIVADAS  6&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/720866/images/original/RREO 6&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687436/images/original/Balan&#231;o Or&#231;ament&#225;rio 5&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687437/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 5&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687438/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 5&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687439/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 5&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687440/images/original/RREO 5&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687420/images/original/Balan&#231;o Or&#231;ament&#225;rio 4&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687422/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 4&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687421/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 4&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687423/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 4&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/687424/images/original/RREO 4&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614962/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614961/images/original/Balan&#231;o Or&#231;ament&#225;rio 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614964/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614965/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614966/images/original/Demonstrativo da Receita Corrente L&#237;quida 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614967/images/original/Demonstrativo dos Resultados Prim&#225;rio e Nominal 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614968/images/original/Demonstrativo dos Restos a Pagar por Poder e &#211;rg&#227;o 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614970/images/original/DEMONSTRATIVO DAS PARCERIAS P&#218;BLICO-PRIVADAS 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/614971/images/original/RREO 3&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/584628/images/original/Balan&#231;o Or&#231;ament&#225;rio 2&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/584629/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 2&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/584630/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 2&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/584631/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 2&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/584632/images/original/RREO 2&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/587971/images/original/Lista de presen&#231;a audi&#234;ncia p&#250;blica.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544385/images/original/Balan&#231;o Or&#231;ament&#225;rio 1&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544386/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 1&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544387/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 1&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544388/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 1&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/544389/images/original/RREO 1&#186; Bim 2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518751/images/original/Balan&#231;o Or&#231;ament&#225;rio 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518752/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;oSubfun&#231;&#227;o 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518753/images/original/Demonstrativo da Receita Corrente L&#237;quida 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518754/images/original/Demonstrativo dos Resultados Prim&#225;rio e Nominal 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518755/images/original/Demonstrativo dos Restos a Pagar por Poder e &#211;rg&#227;o 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518756/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518757/images/original/DEMONSTRATIVO DAS RECEITAS DE OPERA&#199;&#213;ES DE CR&#201;DITO E DESPESAS DE CAPITAL (REGRA DE OURO) 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518758/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518759/images/original/DEMONSTRATIVO DAS PARCERIAS P&#218;BLICO-PRIVADAS 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518760/images/original/DEMONSTRATIVO DA RECEITA DE ALIENA&#199;&#195;O DE ATIVOS E APLICA&#199;&#195;O DOS RECURSOS 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/518761/images/original/Demonstrativo Simplificado do Relat&#243;rio Resumido da Execu&#231;&#227;o Or&#231;ament&#225;ria 6&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/499242/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 5&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/499243/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 5&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/499244/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 5&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/499245/images/original/RREO 5&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/499241/images/original/Balan&#231;o Or&#231;ament&#225;rio 5&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/486252/images/original/Demonstrativo das Receitas e Despesas com - ASPS 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/486248/images/original/Balan&#231;o Or&#231;amentario 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/486249/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/486250/images/original/Demonstrativo das Receitas e Despesas com - MDE 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/486253/images/original/RREO 4&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472019/images/original/Demonstrativo das Receitas e Despesas com A&#231;&#245;es e Servi&#231;os P&#250;blicos de Sa&#250;de 3&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472016/images/original/Balan&#231;o Or&#231;amentario 3&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472017/images/original/Demonstrativo da Execu&#231;&#227;o das Despesas por Fun&#231;&#227;o Subfun&#231;&#227;o 3&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472018/images/original/DEMONSTRATIVO DAS RECEITAS E DESPESAS COM MANUTEN&#199;&#195;O E DESENVOLVIMENTO DO ENSINO - MDE 3&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472020/images/original/Demonstrativo da Receita Corrente L&#237;quida 1&#186; Sem 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/472021/images/original/RREO 3&#186; Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/453409/images/original/RREOanexo2DespesasFuncaoSubfunc2Bim2024.ods" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/453410/images/original/RREOanexo14DemonstReltResumidExecOr&#231;amt2Bim2024.ods" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/453411/images/original/RREOanexo12ReceitasDespesasASPS2Bim2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/453412/images/original/RREOanexo1BalancoOrcamentario2Bim2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/453413/images/original/RREOanexo8DemonsReceitaeDespesaMantDeseEnsMDE2Bim2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/442859/images/original/Demonst balan orcament 1 Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/442860/images/original/Demont desp func sub 1 Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/442861/images/original/Demonst RREO 1 Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/442862/images/original/Demonst Rec e Desp MDE 1 Bim 2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn-gw.webdehost.com.br/280/DocumentAssets/442863/images/original/Demonst rec e desp ASPS 1 Bim 2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C58"/>
+  <dimension ref="A1:C79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C58" sqref="C58"/>
+      <selection activeCell="C79" sqref="C79"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
@@ -723,340 +804,340 @@
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
         <v>3</v>
       </c>
       <c r="B9" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>3</v>
       </c>
       <c r="B10" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" t="s">
+        <v>4</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="B12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B15" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B19" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B21" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" t="s">
+        <v>24</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B23" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B24" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B25" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B26" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B27" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B28" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B29" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B30" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="B32" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>41</v>
+      </c>
+      <c r="B33" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>41</v>
+      </c>
+      <c r="B35" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>41</v>
+      </c>
+      <c r="B36" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>41</v>
+      </c>
+      <c r="B37" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
         <v>49</v>
       </c>
       <c r="B38" t="s">
         <v>50</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
         <v>49</v>
       </c>
       <c r="B39" t="s">
         <v>50</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>52</v>
@@ -1141,156 +1222,387 @@
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
         <v>56</v>
       </c>
       <c r="B47" t="s">
         <v>57</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
         <v>56</v>
       </c>
       <c r="B48" t="s">
         <v>57</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
+        <v>56</v>
+      </c>
+      <c r="B49" t="s">
+        <v>57</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="B50" t="s">
+        <v>57</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="B51" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="B52" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="B53" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
+        <v>69</v>
+      </c>
+      <c r="B54" t="s">
+        <v>70</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B55" t="s">
+        <v>70</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B56" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B57" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B58" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C58" s="1" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" t="s">
+        <v>76</v>
+      </c>
+      <c r="B59" t="s">
         <v>77</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" t="s">
+        <v>76</v>
+      </c>
+      <c r="B60" t="s">
+        <v>77</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" t="s">
+        <v>76</v>
+      </c>
+      <c r="B61" t="s">
+        <v>77</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" t="s">
+        <v>76</v>
+      </c>
+      <c r="B62" t="s">
+        <v>77</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" t="s">
+        <v>76</v>
+      </c>
+      <c r="B63" t="s">
+        <v>77</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" t="s">
+        <v>83</v>
+      </c>
+      <c r="B64" t="s">
+        <v>84</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" t="s">
+        <v>83</v>
+      </c>
+      <c r="B65" t="s">
+        <v>84</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" t="s">
+        <v>83</v>
+      </c>
+      <c r="B66" t="s">
+        <v>84</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" t="s">
+        <v>83</v>
+      </c>
+      <c r="B67" t="s">
+        <v>84</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" t="s">
+        <v>83</v>
+      </c>
+      <c r="B68" t="s">
+        <v>84</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" t="s">
+        <v>83</v>
+      </c>
+      <c r="B69" t="s">
+        <v>84</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" t="s">
+        <v>91</v>
+      </c>
+      <c r="B70" t="s">
+        <v>92</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" t="s">
+        <v>91</v>
+      </c>
+      <c r="B71" t="s">
+        <v>92</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" t="s">
+        <v>91</v>
+      </c>
+      <c r="B72" t="s">
+        <v>92</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" t="s">
+        <v>91</v>
+      </c>
+      <c r="B73" t="s">
+        <v>92</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" t="s">
+        <v>91</v>
+      </c>
+      <c r="B74" t="s">
+        <v>92</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" t="s">
+        <v>98</v>
+      </c>
+      <c r="B75" t="s">
+        <v>99</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" t="s">
+        <v>98</v>
+      </c>
+      <c r="B76" t="s">
+        <v>99</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" t="s">
+        <v>98</v>
+      </c>
+      <c r="B77" t="s">
+        <v>99</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" t="s">
+        <v>98</v>
+      </c>
+      <c r="B78" t="s">
+        <v>99</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" t="s">
+        <v>98</v>
+      </c>
+      <c r="B79" t="s">
+        <v>99</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>104</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="C3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="C4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="C5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="C6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="C7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="C8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="C9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="C10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="C11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="C12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="C13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="C14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="C15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="C16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="C18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="C19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="C20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="C21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="C22" r:id="rId_hyperlink_21"/>
@@ -1308,50 +1620,71 @@
     <hyperlink ref="C34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="C35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="C36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="C37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="C38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="C39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="C40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="C41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="C42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="C43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="C44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="C45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="C46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="C47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="C48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="C49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="C50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="C51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="C52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="C53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="C54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="C55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="C56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="C57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="C58" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="C59" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="C60" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="C61" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="C62" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="C63" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="C64" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="C65" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="C66" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="C67" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="C68" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="C69" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="C70" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="C71" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="C72" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="C73" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="C74" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="C75" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="C76" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="C77" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="C78" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="C79" r:id="rId_hyperlink_78"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>