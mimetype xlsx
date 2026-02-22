--- v0 (2025-11-04)
+++ v1 (2026-02-22)
@@ -14,105 +14,105 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
-    <t>Total de Atendimentos: 16</t>
+    <t>Total de Atendimentos: 18</t>
   </si>
   <si>
     <t>ANDAMENTO</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Inviável/Indeferida</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
     <t>Atendida</t>
   </si>
   <si>
     <t>Aguarda Informações Complementares</t>
   </si>
   <si>
     <t>Em Atendimento</t>
   </si>
   <si>
     <t>TIPO DE SOLICITANTE</t>
   </si>
   <si>
     <t>Servidor Público</t>
   </si>
   <si>
     <t>Membro de Controle Interno</t>
   </si>
   <si>
     <t>Jornalista</t>
   </si>
   <si>
     <t>Estudante</t>
   </si>
   <si>
     <t>Agente Político</t>
   </si>
   <si>
     <t>Outros</t>
   </si>
   <si>
-    <t>81.3%</t>
+    <t>83.3%</t>
   </si>
   <si>
     <t>Representante de Instituição</t>
   </si>
   <si>
-    <t>18.8%</t>
+    <t>16.7%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -563,51 +563,51 @@
         <v>13</v>
       </c>
       <c r="B12" s="1">
         <v>0</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:3" customHeight="1" ht="40">
       <c r="A13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="1">
         <v>0</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:3" customHeight="1" ht="40">
       <c r="A14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="1">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:3" customHeight="1" ht="40">
       <c r="A15" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="1">
         <v>3</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>